--- v0 (2025-10-21)
+++ v1 (2026-01-20)
@@ -37,67 +37,56 @@
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Area  amm. gare contratti legale r.u\Staff Trasparenza\ACCESSO AGLI ATTI\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="7050"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="8" r:id="rId1"/>
     <sheet name="2024" sheetId="7" r:id="rId2"/>
     <sheet name="2023" sheetId="6" r:id="rId3"/>
     <sheet name="2022" sheetId="5" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="2" r:id="rId6"/>
     <sheet name="2019" sheetId="3" r:id="rId7"/>
     <sheet name="2018" sheetId="4" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'2021'!$A$2:$J$41</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...9 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="765" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="221">
   <si>
     <t>REGISTRO DEGLI ACCESSI 2024</t>
   </si>
   <si>
     <t>Numero progressivo</t>
   </si>
   <si>
     <t>Data della richiesta</t>
   </si>
   <si>
     <t>Protocollo della richiesta</t>
   </si>
   <si>
     <t>Tipo di accesso (Atti, civico e generalizzato)</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Protocollo del riscontro</t>
   </si>
   <si>
     <t>Data del riscontro</t>
   </si>
   <si>
@@ -703,50 +692,77 @@
     <t>GEN-GEN-2025-0010473-P</t>
   </si>
   <si>
     <t>riscontro da parte di EDR Udine in data 11.02.2025</t>
   </si>
   <si>
     <t>non di competenza FVGS</t>
   </si>
   <si>
     <t>GEN-GEN-2025-0030487-A</t>
   </si>
   <si>
     <t>accesso agli in ordine ad una  (asserita) referenza protocollata alla data del 19.06.25, in favore della ditta R.T.C.B. di Palazzolo dello Stella</t>
   </si>
   <si>
     <t>U.O. AMBIENTE</t>
   </si>
   <si>
     <t>GEN-GEN-2025-0038739-P</t>
   </si>
   <si>
     <t>GEN-GEN-2025-39290-A</t>
   </si>
   <si>
     <t>Richiesta varianti rotatoria Collalto Tarcento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEN-GEN-2025-0044097-A </t>
+  </si>
+  <si>
+    <t>Istanza di accesso ponti e viadotti</t>
+  </si>
+  <si>
+    <t>PRESIDENTE - U.O. PONTI E VIADOTTI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEN-GEN-2025-0049979-A </t>
+  </si>
+  <si>
+    <t>Richiesta sorveglianza, pulizie, manutenzioni stradali per conto di Bruno Samuele</t>
+  </si>
+  <si>
+    <t>CM TRIESTE GORIZIA</t>
+  </si>
+  <si>
+    <t>GEN-GEN-2025-0055209</t>
+  </si>
+  <si>
+    <t>GEN-GEN-2025-0043597</t>
+  </si>
+  <si>
+    <t>GEN-GEN-2025-0057296</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="DecimaWE Regular"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="DecimaWE Regular"/>
     </font>
@@ -1003,51 +1019,51 @@
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="135">
+  <cellXfs count="130">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1238,140 +1254,129 @@
     <xf numFmtId="14" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
@@ -1643,414 +1648,468 @@
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:U73"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="11.26953125" customWidth="1"/>
-    <col min="2" max="2" width="28.26953125" style="116" customWidth="1"/>
+    <col min="2" max="2" width="28.26953125" style="108" customWidth="1"/>
     <col min="3" max="3" width="28.453125" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="36.453125" customWidth="1"/>
     <col min="6" max="6" width="27.26953125" customWidth="1"/>
     <col min="7" max="7" width="21.54296875" customWidth="1"/>
     <col min="8" max="8" width="19.1796875" customWidth="1"/>
     <col min="9" max="9" width="26.81640625" customWidth="1"/>
     <col min="10" max="10" width="19.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="129" t="s">
+      <c r="A1" s="115" t="s">
         <v>185</v>
       </c>
-      <c r="B1" s="130"/>
-[...7 lines deleted...]
-      <c r="J1" s="131"/>
+      <c r="B1" s="116"/>
+      <c r="C1" s="116"/>
+      <c r="D1" s="116"/>
+      <c r="E1" s="116"/>
+      <c r="F1" s="116"/>
+      <c r="G1" s="116"/>
+      <c r="H1" s="116"/>
+      <c r="I1" s="116"/>
+      <c r="J1" s="117"/>
     </row>
     <row r="2" spans="1:21" ht="48" x14ac:dyDescent="0.35">
       <c r="A2" s="61" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="61" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>150</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:21" s="112" customFormat="1" ht="58" x14ac:dyDescent="0.35">
-      <c r="A3" s="106">
+    <row r="3" spans="1:21" s="107" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A3" s="101">
         <v>1</v>
       </c>
-      <c r="B3" s="107">
+      <c r="B3" s="102">
         <v>45680</v>
       </c>
-      <c r="C3" s="108" t="s">
+      <c r="C3" s="103" t="s">
         <v>186</v>
       </c>
-      <c r="D3" s="108" t="s">
+      <c r="D3" s="103" t="s">
         <v>151</v>
       </c>
-      <c r="E3" s="111" t="s">
+      <c r="E3" s="106" t="s">
         <v>187</v>
       </c>
-      <c r="F3" s="108" t="s">
+      <c r="F3" s="103" t="s">
         <v>203</v>
       </c>
-      <c r="G3" s="107">
+      <c r="G3" s="102">
         <v>45721</v>
       </c>
-      <c r="H3" s="109" t="s">
+      <c r="H3" s="104" t="s">
         <v>16</v>
       </c>
-      <c r="I3" s="111" t="s">
+      <c r="I3" s="106" t="s">
         <v>188</v>
       </c>
-      <c r="J3" s="121"/>
-[...2 lines deleted...]
-      <c r="A4" s="106">
+      <c r="J3" s="111"/>
+    </row>
+    <row r="4" spans="1:21" s="107" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="101">
         <v>2</v>
       </c>
-      <c r="B4" s="107">
+      <c r="B4" s="102">
         <v>45691</v>
       </c>
-      <c r="C4" s="108" t="s">
+      <c r="C4" s="103" t="s">
         <v>189</v>
       </c>
-      <c r="D4" s="122" t="s">
+      <c r="D4" s="112" t="s">
         <v>151</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="104" t="s">
         <v>190</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="104" t="s">
         <v>205</v>
       </c>
-      <c r="G4" s="121"/>
-[...2 lines deleted...]
-      <c r="J4" s="111" t="s">
+      <c r="G4" s="111"/>
+      <c r="H4" s="111"/>
+      <c r="I4" s="106"/>
+      <c r="J4" s="106" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="5" spans="1:21" s="112" customFormat="1" ht="58" x14ac:dyDescent="0.35">
-      <c r="A5" s="106">
+    <row r="5" spans="1:21" s="107" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A5" s="101">
         <v>3</v>
       </c>
-      <c r="B5" s="107">
+      <c r="B5" s="102">
         <v>45700</v>
       </c>
-      <c r="C5" s="108" t="s">
+      <c r="C5" s="103" t="s">
         <v>191</v>
       </c>
-      <c r="D5" s="108" t="s">
+      <c r="D5" s="103" t="s">
         <v>151</v>
       </c>
-      <c r="E5" s="109" t="s">
+      <c r="E5" s="104" t="s">
         <v>192</v>
       </c>
-      <c r="F5" s="110" t="s">
+      <c r="F5" s="105" t="s">
         <v>193</v>
       </c>
-      <c r="G5" s="107">
+      <c r="G5" s="102">
         <v>45701</v>
       </c>
-      <c r="H5" s="109" t="s">
+      <c r="H5" s="104" t="s">
         <v>194</v>
       </c>
-      <c r="I5" s="108" t="s">
+      <c r="I5" s="103" t="s">
         <v>17</v>
       </c>
-      <c r="J5" s="111" t="s">
+      <c r="J5" s="106" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:21" ht="116" x14ac:dyDescent="0.35">
-      <c r="A6" s="106">
+      <c r="A6" s="101">
         <v>4</v>
       </c>
-      <c r="B6" s="107">
+      <c r="B6" s="102">
         <v>45701</v>
       </c>
-      <c r="C6" s="108" t="s">
+      <c r="C6" s="103" t="s">
         <v>196</v>
       </c>
-      <c r="D6" s="108" t="s">
+      <c r="D6" s="103" t="s">
         <v>151</v>
       </c>
-      <c r="E6" s="109" t="s">
+      <c r="E6" s="104" t="s">
         <v>192</v>
       </c>
-      <c r="F6" s="110" t="s">
+      <c r="F6" s="105" t="s">
         <v>197</v>
       </c>
-      <c r="G6" s="107">
+      <c r="G6" s="102">
         <v>45702</v>
       </c>
       <c r="H6" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="I6" s="108" t="s">
+      <c r="I6" s="103" t="s">
         <v>17</v>
       </c>
-      <c r="J6" s="111" t="s">
+      <c r="J6" s="106" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="7" spans="1:21" s="105" customFormat="1" ht="89.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="100">
+    <row r="7" spans="1:21" s="100" customFormat="1" ht="89.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="121">
         <v>5</v>
       </c>
-      <c r="B7" s="101">
+      <c r="B7" s="122">
         <v>45727</v>
       </c>
-      <c r="C7" s="102" t="s">
+      <c r="C7" s="123" t="s">
         <v>199</v>
       </c>
-      <c r="D7" s="102" t="s">
+      <c r="D7" s="123" t="s">
         <v>151</v>
       </c>
-      <c r="E7" s="103" t="s">
+      <c r="E7" s="124" t="s">
         <v>200</v>
       </c>
-      <c r="F7" s="104"/>
-[...2 lines deleted...]
-      <c r="I7" s="103" t="s">
+      <c r="F7" s="125"/>
+      <c r="G7" s="125"/>
+      <c r="H7" s="125"/>
+      <c r="I7" s="124" t="s">
         <v>26</v>
       </c>
-      <c r="J7" s="123"/>
+      <c r="J7" s="126"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
     </row>
-    <row r="8" spans="1:21" s="119" customFormat="1" ht="89.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="117">
+    <row r="8" spans="1:21" s="109" customFormat="1" ht="89.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="127">
         <v>6</v>
       </c>
-      <c r="B8" s="118">
+      <c r="B8" s="128">
         <v>45803</v>
       </c>
-      <c r="C8" s="103" t="s">
+      <c r="C8" s="124" t="s">
         <v>201</v>
       </c>
-      <c r="D8" s="103" t="s">
+      <c r="D8" s="124" t="s">
         <v>21</v>
       </c>
-      <c r="E8" s="103" t="s">
+      <c r="E8" s="124" t="s">
         <v>202</v>
       </c>
-      <c r="F8" s="113"/>
-[...2 lines deleted...]
-      <c r="I8" s="103" t="s">
+      <c r="F8" s="129"/>
+      <c r="G8" s="129"/>
+      <c r="H8" s="129"/>
+      <c r="I8" s="124" t="s">
         <v>26</v>
       </c>
-      <c r="J8" s="123"/>
-[...10 lines deleted...]
-      <c r="U8" s="120"/>
+      <c r="J8" s="126"/>
+      <c r="K8" s="110"/>
+      <c r="L8" s="110"/>
+      <c r="M8" s="110"/>
+      <c r="N8" s="110"/>
+      <c r="O8" s="110"/>
+      <c r="P8" s="110"/>
+      <c r="Q8" s="110"/>
+      <c r="R8" s="110"/>
+      <c r="S8" s="110"/>
+      <c r="T8" s="110"/>
+      <c r="U8" s="110"/>
     </row>
     <row r="9" spans="1:21" ht="58" x14ac:dyDescent="0.35">
-      <c r="A9" s="106">
+      <c r="A9" s="101">
         <v>7</v>
       </c>
-      <c r="B9" s="107">
+      <c r="B9" s="102">
         <v>45831</v>
       </c>
-      <c r="C9" s="108" t="s">
+      <c r="C9" s="103" t="s">
         <v>206</v>
       </c>
-      <c r="D9" s="108" t="s">
+      <c r="D9" s="103" t="s">
         <v>151</v>
       </c>
-      <c r="E9" s="109" t="s">
+      <c r="E9" s="104" t="s">
         <v>207</v>
       </c>
-      <c r="F9" s="110" t="s">
+      <c r="F9" s="105" t="s">
         <v>209</v>
       </c>
-      <c r="G9" s="107">
+      <c r="G9" s="102">
         <v>45870</v>
       </c>
-      <c r="H9" s="124" t="s">
+      <c r="H9" s="113" t="s">
         <v>85</v>
       </c>
-      <c r="I9" s="108" t="s">
+      <c r="I9" s="103" t="s">
         <v>208</v>
       </c>
-      <c r="J9" s="111"/>
-[...2 lines deleted...]
-      <c r="A10" s="100">
+      <c r="J9" s="106"/>
+    </row>
+    <row r="10" spans="1:21" ht="29" x14ac:dyDescent="0.35">
+      <c r="A10" s="121">
         <v>8</v>
       </c>
-      <c r="B10" s="101">
+      <c r="B10" s="122">
         <v>45875</v>
       </c>
-      <c r="C10" s="102" t="s">
+      <c r="C10" s="123" t="s">
         <v>210</v>
       </c>
-      <c r="D10" s="102" t="s">
+      <c r="D10" s="103" t="s">
         <v>21</v>
       </c>
-      <c r="E10" s="126" t="s">
+      <c r="E10" s="104" t="s">
         <v>211</v>
       </c>
-      <c r="F10" s="127"/>
-[...2 lines deleted...]
-      <c r="I10" s="125" t="s">
+      <c r="F10" s="105" t="s">
+        <v>219</v>
+      </c>
+      <c r="G10" s="102">
+        <v>45904</v>
+      </c>
+      <c r="H10" s="104" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" s="112" t="s">
         <v>26</v>
       </c>
-      <c r="J10" s="103"/>
-[...10 lines deleted...]
-      <c r="I11" s="114"/>
+      <c r="J10" s="114"/>
+    </row>
+    <row r="11" spans="1:21" s="107" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A11" s="121">
+        <v>9</v>
+      </c>
+      <c r="B11" s="122">
+        <v>45909</v>
+      </c>
+      <c r="C11" s="123" t="s">
+        <v>212</v>
+      </c>
+      <c r="D11" s="103" t="s">
+        <v>151</v>
+      </c>
+      <c r="E11" s="104" t="s">
+        <v>213</v>
+      </c>
+      <c r="F11" s="105" t="s">
+        <v>220</v>
+      </c>
+      <c r="G11" s="102">
+        <v>45986</v>
+      </c>
+      <c r="H11" s="104" t="s">
+        <v>16</v>
+      </c>
+      <c r="I11" s="104" t="s">
+        <v>214</v>
+      </c>
       <c r="J11" s="114"/>
+    </row>
+    <row r="12" spans="1:21" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="121">
+        <v>10</v>
+      </c>
+      <c r="B12" s="122">
+        <v>45943</v>
+      </c>
+      <c r="C12" s="123" t="s">
+        <v>215</v>
+      </c>
+      <c r="D12" s="103" t="s">
+        <v>151</v>
+      </c>
+      <c r="E12" s="104" t="s">
+        <v>216</v>
+      </c>
+      <c r="F12" s="105" t="s">
+        <v>218</v>
+      </c>
+      <c r="G12" s="102">
+        <v>45973</v>
+      </c>
+      <c r="H12" s="104" t="s">
+        <v>16</v>
+      </c>
+      <c r="I12" s="104" t="s">
+        <v>217</v>
+      </c>
+      <c r="J12" s="114"/>
     </row>
     <row r="73" ht="66" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J22"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A11" workbookViewId="0">
       <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" width="12.1796875" style="97" customWidth="1"/>
     <col min="3" max="3" width="14.453125" style="97" customWidth="1"/>
     <col min="4" max="4" width="22.7265625" customWidth="1"/>
     <col min="5" max="5" width="44.54296875" style="71" customWidth="1"/>
     <col min="6" max="6" width="15.81640625" customWidth="1"/>
     <col min="7" max="7" width="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22.453125" customWidth="1"/>
     <col min="9" max="9" width="22.81640625" customWidth="1"/>
     <col min="10" max="10" width="62.26953125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="129" t="s">
+      <c r="A1" s="115" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="130"/>
-[...7 lines deleted...]
-      <c r="J1" s="131"/>
+      <c r="B1" s="116"/>
+      <c r="C1" s="116"/>
+      <c r="D1" s="116"/>
+      <c r="E1" s="116"/>
+      <c r="F1" s="116"/>
+      <c r="G1" s="116"/>
+      <c r="H1" s="116"/>
+      <c r="I1" s="116"/>
+      <c r="J1" s="117"/>
     </row>
     <row r="2" spans="1:10" ht="64" x14ac:dyDescent="0.35">
       <c r="A2" s="61" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="61" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="61" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>150</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>8</v>
@@ -2589,62 +2648,62 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J35"/>
   <sheetViews>
     <sheetView topLeftCell="A2" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.54296875" customWidth="1"/>
     <col min="2" max="2" width="16.453125" customWidth="1"/>
     <col min="3" max="3" width="16.26953125" customWidth="1"/>
     <col min="4" max="4" width="25.26953125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="56.54296875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.453125" customWidth="1"/>
     <col min="7" max="7" width="13.453125" customWidth="1"/>
     <col min="8" max="8" width="36.7265625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="28.26953125" customWidth="1"/>
     <col min="10" max="10" width="16.453125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="129" t="s">
+      <c r="A1" s="115" t="s">
         <v>18</v>
       </c>
-      <c r="B1" s="130"/>
-[...7 lines deleted...]
-      <c r="J1" s="131"/>
+      <c r="B1" s="116"/>
+      <c r="C1" s="116"/>
+      <c r="D1" s="116"/>
+      <c r="E1" s="116"/>
+      <c r="F1" s="116"/>
+      <c r="G1" s="116"/>
+      <c r="H1" s="116"/>
+      <c r="I1" s="116"/>
+      <c r="J1" s="117"/>
     </row>
     <row r="2" spans="1:10" ht="48" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>8</v>
@@ -3624,62 +3683,62 @@
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J35"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="J23" sqref="A3:J23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.54296875" customWidth="1"/>
     <col min="2" max="2" width="16.453125" customWidth="1"/>
     <col min="3" max="3" width="16.26953125" customWidth="1"/>
     <col min="4" max="4" width="25.26953125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.54296875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.453125" customWidth="1"/>
     <col min="7" max="7" width="13.453125" customWidth="1"/>
     <col min="8" max="8" width="36.7265625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="27.453125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="16.453125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="129" t="s">
+      <c r="A1" s="115" t="s">
         <v>49</v>
       </c>
-      <c r="B1" s="130"/>
-[...7 lines deleted...]
-      <c r="J1" s="131"/>
+      <c r="B1" s="116"/>
+      <c r="C1" s="116"/>
+      <c r="D1" s="116"/>
+      <c r="E1" s="116"/>
+      <c r="F1" s="116"/>
+      <c r="G1" s="116"/>
+      <c r="H1" s="116"/>
+      <c r="I1" s="116"/>
+      <c r="J1" s="117"/>
     </row>
     <row r="2" spans="1:10" ht="48" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>8</v>
@@ -4478,62 +4537,62 @@
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J121"/>
   <sheetViews>
     <sheetView topLeftCell="A24" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="24" style="2" customWidth="1"/>
     <col min="2" max="2" width="16.7265625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.54296875" style="3" customWidth="1"/>
     <col min="5" max="5" width="44.26953125" style="4" customWidth="1"/>
     <col min="6" max="6" width="14.54296875" style="4" customWidth="1"/>
     <col min="7" max="7" width="13" style="2" customWidth="1"/>
     <col min="8" max="8" width="37.453125" style="3" customWidth="1"/>
     <col min="9" max="9" width="28.7265625" style="3" customWidth="1"/>
     <col min="10" max="10" width="16.453125" style="4" customWidth="1"/>
     <col min="11" max="16384" width="9.26953125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.4">
-      <c r="A1" s="132" t="s">
+      <c r="A1" s="118" t="s">
         <v>66</v>
       </c>
-      <c r="B1" s="133"/>
-[...7 lines deleted...]
-      <c r="J1" s="134"/>
+      <c r="B1" s="119"/>
+      <c r="C1" s="119"/>
+      <c r="D1" s="119"/>
+      <c r="E1" s="119"/>
+      <c r="F1" s="119"/>
+      <c r="G1" s="119"/>
+      <c r="H1" s="119"/>
+      <c r="I1" s="119"/>
+      <c r="J1" s="120"/>
     </row>
     <row r="2" spans="1:10" ht="48" x14ac:dyDescent="0.4">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>8</v>
@@ -6684,61 +6743,61 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="16.54296875" customWidth="1"/>
     <col min="2" max="2" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.7265625" customWidth="1"/>
     <col min="4" max="4" width="18.7265625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.26953125" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="38" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="27.7265625" customWidth="1"/>
     <col min="9" max="9" width="44.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="16" x14ac:dyDescent="0.4">
-      <c r="A1" s="132" t="s">
+      <c r="A1" s="118" t="s">
         <v>89</v>
       </c>
-      <c r="B1" s="133"/>
-[...6 lines deleted...]
-      <c r="I1" s="134"/>
+      <c r="B1" s="119"/>
+      <c r="C1" s="119"/>
+      <c r="D1" s="119"/>
+      <c r="E1" s="119"/>
+      <c r="F1" s="119"/>
+      <c r="G1" s="119"/>
+      <c r="H1" s="119"/>
+      <c r="I1" s="120"/>
     </row>
     <row r="2" spans="1:9" ht="48" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="6" t="s">
         <v>9</v>
@@ -7315,61 +7374,61 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3:I12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.7265625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="54.453125" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="28" customWidth="1"/>
     <col min="8" max="8" width="23.26953125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="21.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="16" x14ac:dyDescent="0.4">
-      <c r="A1" s="132" t="s">
+      <c r="A1" s="118" t="s">
         <v>115</v>
       </c>
-      <c r="B1" s="133"/>
-[...6 lines deleted...]
-      <c r="I1" s="134"/>
+      <c r="B1" s="119"/>
+      <c r="C1" s="119"/>
+      <c r="D1" s="119"/>
+      <c r="E1" s="119"/>
+      <c r="F1" s="119"/>
+      <c r="G1" s="119"/>
+      <c r="H1" s="119"/>
+      <c r="I1" s="120"/>
     </row>
     <row r="2" spans="1:9" ht="48" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="6" t="s">
         <v>9</v>
@@ -7655,61 +7714,61 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A8" sqref="A8:XFD8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="31.26953125" customWidth="1"/>
     <col min="5" max="5" width="30.1796875" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="38" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="21.26953125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="54" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="16" x14ac:dyDescent="0.4">
-      <c r="A1" s="132" t="s">
+      <c r="A1" s="118" t="s">
         <v>141</v>
       </c>
-      <c r="B1" s="133"/>
-[...6 lines deleted...]
-      <c r="I1" s="134"/>
+      <c r="B1" s="119"/>
+      <c r="C1" s="119"/>
+      <c r="D1" s="119"/>
+      <c r="E1" s="119"/>
+      <c r="F1" s="119"/>
+      <c r="G1" s="119"/>
+      <c r="H1" s="119"/>
+      <c r="I1" s="120"/>
     </row>
     <row r="2" spans="1:9" ht="64" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="6" t="s">
         <v>9</v>
@@ -7967,59 +8026,50 @@
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100EF74963DACB0C64A9C879FCD0C230281" ma:contentTypeVersion="18" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="48699f657419e00dd4f95dc3894b9c26">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b208dd21-a61f-4347-9e22-82d7c05f121f" xmlns:ns3="18783009-4f03-4127-8e7c-dbb11516f2ab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cc08918a4a66169175ac5b093c5a7b2d" ns2:_="" ns3:_="">
     <xsd:import namespace="b208dd21-a61f-4347-9e22-82d7c05f121f"/>
     <xsd:import namespace="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:Oggetto"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -8232,102 +8282,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="18783009-4f03-4127-8e7c-dbb11516f2ab">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b208dd21-a61f-4347-9e22-82d7c05f121f" xsi:nil="true"/>
     <Oggetto xmlns="18783009-4f03-4127-8e7c-dbb11516f2ab">ACCESSO</Oggetto>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{495C7A26-DA91-4CF7-855B-F43D86AFB938}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b208dd21-a61f-4347-9e22-82d7c05f121f"/>
     <ds:schemaRef ds:uri="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ED60D95-5C88-451C-9ABF-4659CF01A2A3}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b208dd21-a61f-4347-9e22-82d7c05f121f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="18783009-4f03-4127-8e7c-dbb11516f2ab"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E71A4C8B-87F6-45EC-9038-8FFEAC8C61E7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>