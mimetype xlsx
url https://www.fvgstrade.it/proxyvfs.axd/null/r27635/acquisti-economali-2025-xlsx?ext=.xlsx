--- v0 (2025-11-04)
+++ v1 (2026-03-20)
@@ -8,67 +8,66 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\TRASPARENZA\BANDI DI GARA E CONTRATTI\ACQUISTI ECONOMALI\ANNO 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6765"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11700"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
-  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="58">
   <si>
     <t xml:space="preserve"> CIG </t>
   </si>
   <si>
     <t xml:space="preserve">AFFIDATARIO </t>
   </si>
   <si>
     <t xml:space="preserve">IMPORTO </t>
   </si>
   <si>
     <t>DATA</t>
   </si>
   <si>
     <t>PROTOCOLLO</t>
   </si>
   <si>
     <t>OGGETTO</t>
   </si>
   <si>
     <t>LINK PROVVEDIMENTO</t>
   </si>
   <si>
     <t>ACQUISTI ECONOMALI - ANNO 2025</t>
   </si>
   <si>
@@ -186,50 +185,62 @@
     <t>VARNERIN SRL</t>
   </si>
   <si>
     <t>0049645</t>
   </si>
   <si>
     <t>B873F17251</t>
   </si>
   <si>
     <t>Acquisto: Pellet 70 sacchi da 15 Kg - puro abete enplus A1</t>
   </si>
   <si>
     <t>26/092025</t>
   </si>
   <si>
     <t>0047650</t>
   </si>
   <si>
     <t>B864E4CCE4</t>
   </si>
   <si>
     <t>WOLTERS KLUWER ITALIA SRL</t>
   </si>
   <si>
     <t>Data Act - Accesso equo ai dati e loro utilizzo</t>
+  </si>
+  <si>
+    <t>0055010</t>
+  </si>
+  <si>
+    <t>B9053C11ED</t>
+  </si>
+  <si>
+    <t>Pulizia straordinaria magazzino su ciclabile Cottur - preparazione per consegna immobile</t>
+  </si>
+  <si>
+    <t>scarica documento</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="3"/>
       <name val="Yu Gothic UI Semilight"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
@@ -763,60 +774,60 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28791/b79d4b1a90-il-sole-24-ore-spa-pdf?ext=.pdf&amp;v=20947" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28362/b6e1c2ad81-orsini-group-divisione-imballaggi-srl-pdf?ext=.pdf&amp;v=20541" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28693/b80f0beea2-tecniche-nuove-spa-pdf?ext=.pdf&amp;v=20854" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28191/b6926b6788-idealservice-soc-coop-pdf?ext=.pdf&amp;v=20365" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27920/b5d2d14071-egaf-edizioni-srl-pdf?ext=.pdf&amp;v=20098" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28547/b7a79622ee-inaz-srl-societa-unipersonale-pdf?ext=.pdf&amp;v=20713" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28416/b749bc681b-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=20598" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28884/b864e4cce4-wolters-kluwer-italia-srl-pdf?ext=.pdf&amp;v=21034" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28389/b7334078e8-uni-ente-nazionale-italiano-di-normazione-pdf?ext=.pdf&amp;v=20569" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28874/b873f17251-varnerin-srl-pdf?ext=.pdf&amp;v=21023" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28791/b79d4b1a90-il-sole-24-ore-spa-pdf?ext=.pdf&amp;v=20947" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28362/b6e1c2ad81-orsini-group-divisione-imballaggi-srl-pdf?ext=.pdf&amp;v=20541" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28693/b80f0beea2-tecniche-nuove-spa-pdf?ext=.pdf&amp;v=20854" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28191/b6926b6788-idealservice-soc-coop-pdf?ext=.pdf&amp;v=20365" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27920/b5d2d14071-egaf-edizioni-srl-pdf?ext=.pdf&amp;v=20098" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28547/b7a79622ee-inaz-srl-societa-unipersonale-pdf?ext=.pdf&amp;v=20713" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28983/b9053c11ed-idealservice-soc-coop-pdf?ext=.pdf&amp;v=21134" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28416/b749bc681b-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=20598" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28884/b864e4cce4-wolters-kluwer-italia-srl-pdf?ext=.pdf&amp;v=21034" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28389/b7334078e8-uni-ente-nazionale-italiano-di-normazione-pdf?ext=.pdf&amp;v=20569" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28874/b873f17251-varnerin-srl-pdf?ext=.pdf&amp;v=21023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:O198"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H11" sqref="H11"/>
+      <pane ySplit="2" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H14" sqref="H14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.85546875" customWidth="1"/>
     <col min="2" max="2" width="22.7109375" customWidth="1"/>
     <col min="3" max="3" width="26.28515625" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="77.42578125" style="18" customWidth="1"/>
     <col min="6" max="6" width="57.140625" style="22" customWidth="1"/>
     <col min="7" max="7" width="20.5703125" style="23" customWidth="1"/>
     <col min="8" max="8" width="58.140625" style="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E1" s="33" t="s">
         <v>7</v>
       </c>
       <c r="F1" s="33"/>
     </row>
     <row r="2" spans="2:15" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="13" t="s">
@@ -1077,57 +1088,71 @@
     </row>
     <row r="13" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="8">
         <v>45940</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="16" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="20" t="s">
         <v>45</v>
       </c>
       <c r="G13" s="24">
         <v>421.64</v>
       </c>
       <c r="H13" s="31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="26"/>
-[...5 lines deleted...]
-      <c r="H14" s="32"/>
+      <c r="B14" s="26">
+        <v>45972</v>
+      </c>
+      <c r="C14" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="27" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G14" s="30">
+        <v>520</v>
+      </c>
+      <c r="H14" s="32" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="15" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="8"/>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="16"/>
       <c r="F15" s="20"/>
       <c r="G15" s="24"/>
       <c r="H15" s="31"/>
     </row>
     <row r="16" spans="2:15" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="26"/>
       <c r="C16" s="27"/>
       <c r="D16" s="27"/>
       <c r="E16" s="28"/>
       <c r="F16" s="29"/>
       <c r="G16" s="30"/>
       <c r="H16" s="32"/>
     </row>
     <row r="17" spans="2:8" s="25" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="8"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="16"/>
       <c r="F17" s="20"/>
@@ -2755,54 +2780,55 @@
     </row>
     <row r="198" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B198" s="1"/>
       <c r="C198" s="1"/>
       <c r="D198" s="1"/>
       <c r="E198" s="17"/>
       <c r="F198" s="21"/>
       <c r="G198" s="1"/>
       <c r="H198" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="E1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H3" r:id="rId1"/>
     <hyperlink ref="H4" r:id="rId2"/>
     <hyperlink ref="H5" r:id="rId3"/>
     <hyperlink ref="H6" r:id="rId4"/>
     <hyperlink ref="H7" r:id="rId5"/>
     <hyperlink ref="H8" r:id="rId6"/>
     <hyperlink ref="H10" r:id="rId7"/>
     <hyperlink ref="H9" r:id="rId8"/>
     <hyperlink ref="H12" r:id="rId9"/>
     <hyperlink ref="H11" r:id="rId10"/>
+    <hyperlink ref="H14" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId11"/>
-  <drawing r:id="rId12"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId12"/>
+  <drawing r:id="rId13"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>