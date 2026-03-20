--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -7,61 +7,61 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\marilena.sattolo\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="120" yWindow="90" windowWidth="23900" windowHeight="14540"/>
+    <workbookView xWindow="120" yWindow="90" windowWidth="23895" windowHeight="14535"/>
   </bookViews>
   <sheets>
-    <sheet name="QyAffidamentiTrasparenza" sheetId="1" r:id="rId1"/>
+    <sheet name="QyAffidamentiTrasparenza_2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1010" uniqueCount="641">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1094" uniqueCount="694">
   <si>
     <t>DATA_AFF</t>
   </si>
   <si>
     <t>PROT_AFF</t>
   </si>
   <si>
     <t>CIG</t>
   </si>
   <si>
     <t>OGGETTO</t>
   </si>
   <si>
     <t>AFFIDATARIO</t>
   </si>
   <si>
     <t>IMPORTO</t>
   </si>
   <si>
     <t>PROVVEDIMENTO</t>
   </si>
   <si>
     <t>0000003</t>
   </si>
   <si>
@@ -85,86 +85,86 @@
   <si>
     <t>B4FDABB19D</t>
   </si>
   <si>
     <t>PN_16_02 – Lavori di sistemazione ed adeguamento dalla S.R. 251 alla S.P. “di Aviano” nei Comuni di San Quirino, Roveredo in Piano ed Aviano – ex Pista Carri 2° Lotto // UD_17_16A – Lav0ori di sistemazione e messa in sicurezza di alcune intersezioni stradali – Zona Friuli Centrale – Cofinanziato 50% PNSS – Rotatoria di Palmanova (UD) // UD_17_16B – Lavori di sistemazione e messa in sicurezza di alcune intersezioni stradali – Zona Friuli Centrale – Cofinanziato 50% PNSS – Rotatoria di Qualso in Comune di Reana del Rojale (UD): Servizio tecnico di “ESECUZIONE PROVE DI LABORATORIO ED IN SITO E CONTROLLO QUALITÀ MATERIALI E LAVORAZIONI”</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>GEOFORMULA S.R.L.</t>
   </si>
   <si>
     <t>0000027</t>
   </si>
   <si>
     <t>B49D1C6143</t>
   </si>
   <si>
     <t>Ciclovie Re.Ci.R. in gestione a Friuli Venezia Giulia Strade S.p.A. - Lavori di manutenzione straordinaria di tratti dei piani viabili lungo le piste ciclabili nel territorio regionale. SERVIZIO DI COORDINAMENTO PER LA SICUREZZA IN FASE DI PROGETTAZIONE ED ESECUZIONE E SUPPORTO/ASSISTENZA AL RESPONSABILE DEI LAVORI NELLE ATTIVITÀ TECNICHE DI CONTROLLO</t>
   </si>
   <si>
     <t>TARANTINO DOTT. ING. ASCANIO</t>
   </si>
   <si>
+    <t>0000037</t>
+  </si>
+  <si>
+    <t>B5215A213C</t>
+  </si>
+  <si>
+    <t>Polizza Infortuni Dirigenti – Compagnia Generali Italia S.p.A. – Decorrenza dalle ore 24:00 del 31.12.2024 alle ore 24:00 del 31.12.2025</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>GENERALI ITALIA SPA</t>
+  </si>
+  <si>
+    <t>0000039</t>
+  </si>
+  <si>
+    <t>B52102167C</t>
+  </si>
+  <si>
+    <t>Polizza Vita Dirigenti – Compagnia Generali Italia S.p.A. – Decorrenza dalle ore 24:00 del 31.12.2024 alle ore 24:00 del 31.12.2025</t>
+  </si>
+  <si>
     <t>0000197</t>
   </si>
   <si>
     <t>B526807FB6</t>
   </si>
   <si>
     <t>Abbonamento triennale banca dati "One Legale Civile &amp; Penale"+ "Experta Lavoro"</t>
   </si>
   <si>
     <t>WOLTERS KLUWER ITALIA SRL</t>
   </si>
   <si>
-    <t>0000037</t>
-[...22 lines deleted...]
-  <si>
     <t>0000114</t>
   </si>
   <si>
     <t>B51D675ED6</t>
   </si>
   <si>
     <t>Canone triennale e assistenza applicativi R3 TREES versione ROAD e versione MOBILE e servizio hosting</t>
   </si>
   <si>
     <t>R3 GIS S.R.L.</t>
   </si>
   <si>
     <t>0000150</t>
   </si>
   <si>
     <t>B5398CAF07</t>
   </si>
   <si>
     <t>Incarico di Advisory relativo alla progettazione e predisposizione della rendicontazione di sostenibilità volontaria per Friuli Venezia Giulia Strade S.p.A. per gli esercizi 2024 e 2025.</t>
   </si>
   <si>
     <t>CROWE BOMPANI ADVISORY SRL</t>
   </si>
   <si>
     <t>0000169</t>
@@ -262,110 +262,110 @@
   <si>
     <t>0000356</t>
   </si>
   <si>
     <t>B546E59AF8</t>
   </si>
   <si>
     <t>S.U. 02-2024 - Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale n°355 “della Val Degano” tra il km 39+700 ed il km 39+800 in comune di Sappada (UD) - Affidamento Servizio di movieraggio di senso univoco alternato presso la S.R n° 355 “Della Val Degano"</t>
   </si>
   <si>
     <t>AGRIVERDE PICCOLA SOCIETA' COOPERATIVA A R.L.</t>
   </si>
   <si>
     <t>0000355</t>
   </si>
   <si>
     <t>B544B3071D</t>
   </si>
   <si>
     <t>S.U. 02-2024 - Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale n°355 “della Val Degano” tra il km 39+700 ed il km 39+800 in comune di Sappada (UD) - Affidamento incarico collaudatore statico delle opere strutturali.</t>
   </si>
   <si>
     <t>STUDIO TECNICO ROMANIN ING. PIERANGELO</t>
   </si>
   <si>
+    <t>0000354</t>
+  </si>
+  <si>
+    <t>B546BB5D1D</t>
+  </si>
+  <si>
+    <t>S.U. 03-2024 – Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale ex SP 22 “della Val Sesis” tra il km 1+000 ed il km 8+582 in comune di Sappada (UD). Affidamento servizio di progettazione definitiva esecutiva.</t>
+  </si>
+  <si>
+    <t>TECNO CAD PROGETTI S.A.S. DI ROMANIN PIERANGELO &amp; C.</t>
+  </si>
+  <si>
     <t>0000357</t>
   </si>
   <si>
     <t>B546AE517B</t>
   </si>
   <si>
     <t>S.U. 02-2024 - Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale n°355 “della Val Degano” tra il km 39+700 ed il km 39+800 in comune di Sappada (UD) - Affidamento incarico progettazione esecutiva e strutturale</t>
   </si>
   <si>
     <t>DE CILLIA ING. FRANCESCO</t>
   </si>
   <si>
-    <t>0000354</t>
-[...8 lines deleted...]
-    <t>TECNO CAD PROGETTI S.A.S. DI ROMANIN PIERANGELO &amp; C.</t>
+    <t>0000907</t>
+  </si>
+  <si>
+    <t>B56DA13519</t>
+  </si>
+  <si>
+    <t>im.004.uf - Interventi su impianto condizionamento uffici Udine</t>
+  </si>
+  <si>
+    <t>TECNOFAB DI SBRIZZI FABRIZIO</t>
+  </si>
+  <si>
+    <t>0000918</t>
+  </si>
+  <si>
+    <t>B56D54B306</t>
+  </si>
+  <si>
+    <t>im.000.xx - lavori su impianti elettici magazzino Casarsa e sezione staccata Porcia</t>
+  </si>
+  <si>
+    <t>TECNOELETTRICA COPETTI</t>
   </si>
   <si>
     <t>0000366</t>
   </si>
   <si>
     <t>B565DEB01E</t>
   </si>
   <si>
     <t>Ciclovia FVG 1/2 -Nuovo impianto di illuminazione della pista ciclabile nel tratto translagunare in Comune di Grado (GO). Servizio di progettazione completa, coordinamento della sicurezza in fase di progettazione e tutte le prestazioni correlate ed accessorie.</t>
   </si>
   <si>
     <t>STUDIO TECNICO ASSOCIATO TEA</t>
   </si>
   <si>
-    <t>0000907</t>
-[...22 lines deleted...]
-  <si>
     <t>0000991</t>
   </si>
   <si>
     <t>B56D7EACBD</t>
   </si>
   <si>
     <t>im.006.cc - variazione catastale demolizioni unità esterne Paparotti</t>
   </si>
   <si>
     <t>FILIPUTTI GABRIO</t>
   </si>
   <si>
     <t>0000457</t>
   </si>
   <si>
     <t>B587A7406E</t>
   </si>
   <si>
     <t>APPLICAZIONE DELLA NORMATIVA ADR PER IL TRASPORTO SU STRADA DI SOSTANZE PERICOLOSE -INCARICO "CONSULENTE PER IL TRASPORTO SU STRADA DELLE MERCI PERICOLOSE" AI SENSI DELLA NORMATIVA ADR (D. LGS. 35/2010 e s.m.i.)</t>
   </si>
   <si>
     <t>STANIC LUIGI</t>
   </si>
   <si>
     <t>0000489</t>
@@ -379,192 +379,192 @@
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0000488</t>
   </si>
   <si>
     <t>B5810A0B64</t>
   </si>
   <si>
     <t>Lavori e servizi di somma urgenza finalizzati all’esecuzione di attività indifferibili al fine di garantire la pubblica incolumità e la percorribilità in sicurezza della S.S. 13 “Pontebbana” lungo il viadotto compreso fra il km 196+480 ed il km 198+550 in Comune di Pontebba - Servizio tecnico di laboratorio prove (campata n°42 del viadotto).</t>
   </si>
   <si>
     <t>0001224</t>
   </si>
   <si>
     <t>B5A119057D</t>
   </si>
   <si>
     <t>Acquisto mobilio uffici sede Udine – Via della Rosta 6/a</t>
   </si>
   <si>
     <t>WE DO SPACES SRL</t>
   </si>
   <si>
+    <t>0000600</t>
+  </si>
+  <si>
+    <t>B5AB227B5A</t>
+  </si>
+  <si>
+    <t>S.U. 03-2024- Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la strada regionale ex SP 22 “della val Sesis” tra il km 1+00 ed il km 8+582 in comune di Sappada (Ud). Affidamento incarico di collaudatore statico delle opere strutturali.</t>
+  </si>
+  <si>
+    <t>0000601</t>
+  </si>
+  <si>
+    <t>B48D49E800</t>
+  </si>
+  <si>
+    <t>S.U. 02- 2024- lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale n°355 “della Val Degano” tra il km 39+700 ed il km 39+800 in comune di Sappada (UD). Sistemazione, fornitura e posa in opera di barriera in legno. Affidamento lavori SOC.MA. S. SRL SOCIETA' MANUTENZIONI STRADALI</t>
+  </si>
+  <si>
+    <t>SOC.MA.S. SRL</t>
+  </si>
+  <si>
     <t>0000599</t>
   </si>
   <si>
     <t>B48DC2B32B</t>
   </si>
   <si>
     <t>S.U. 02-2024 - Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale n°355 “della Val Degano” tra il km 39+700 ed il km 39+800 in comune di Sappada (UD) - Affidamento incarico di CSP e CSE con attività correlate e contabilità oneri PSC ai sensi del D.Lgs. 81/2008 e s.m.i..</t>
   </si>
   <si>
     <t>0000598</t>
   </si>
   <si>
     <t>B49B2DCE68</t>
   </si>
   <si>
     <t>S.U. 02-2024 - Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale n° 355 “della Val Degano” tra il km 39+700 ed il km 39+800 in comune di Sappada (UD). Affidamento incarico SERVIZI GEOLOGICI.</t>
   </si>
   <si>
     <t>CAPRONI GEOL. FRANCESCO</t>
   </si>
   <si>
-    <t>0000601</t>
-[...17 lines deleted...]
-    <t>S.U. 03-2024- Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la strada regionale ex SP 22 “della val Sesis” tra il km 1+00 ed il km 8+582 in comune di Sappada (Ud). Affidamento incarico di collaudatore statico delle opere strutturali.</t>
+    <t>0000602</t>
+  </si>
+  <si>
+    <t>B49BB7CC82</t>
+  </si>
+  <si>
+    <t>S.U. 04-2024 - Lavori di Somma Urgenza per il ripristino funzionale della viabilità, e della officiosità idraulica del Rio Bianco, in corrispondenza del ponte, lungo la S.R. n°465 “della F.lla Lavardet e della Valle di San Canciano” tra il km 18+000 ed il km 19+000 in comune di Prato Carnico (UD). Servizio di CSP e CSE con attività correlate e contabilità oneri PSC ai sensi del D.Lgs. 81/2008 e s.m.i.</t>
+  </si>
+  <si>
+    <t>0000604</t>
+  </si>
+  <si>
+    <t>B48CB04B97</t>
+  </si>
+  <si>
+    <t>S.U. 04-2024 - Somma Urgenza per il ripristino funzionale della viabilità, e della officiosità idraulica del Rio Bianco, in corrispondenza del ponte, lungo la S.R. n°465 “della F.lla Lavardet e della Valle di San Canciano” tra il km 18+000 ed il km 19+000 in comune di Prato Carnico (UD). Affidamento lavori di demolizione S.A.E sas di Andrea Scrignaro.</t>
+  </si>
+  <si>
+    <t>S.A.E. DI ANDREA SCRIGNARO SAS</t>
   </si>
   <si>
     <t>0000685</t>
   </si>
   <si>
     <t>B48DFD3793</t>
   </si>
   <si>
     <t>S.U. 04-2024 - Lavori di Somma Urgenza per il ripristino funzionale della viabilità, e della officiosità idraulica del Rio Bianco, in corrispondenza del ponte, lungo la S.R. n°465 “della F.lla Lavardet e della Valle di San Canciano” tra il km 18+000 ed il km 19+000 in comune di Prato Carnico (UD). Servizio di consulenza geologica .</t>
   </si>
   <si>
-    <t>0000602</t>
-[...17 lines deleted...]
-    <t>S.A.E. DI ANDREA SCRIGNARO SAS</t>
+    <t>0000623</t>
+  </si>
+  <si>
+    <t>B5B3E7EB40</t>
+  </si>
+  <si>
+    <t>Interventi di ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale nei Comuni di San Floriano, Cormons, Palmanova, Gorizia e la viabilità in gestione di FVGS interessate dal Giro d’Italia 2025 - Prestazione di Coordinamento della Sicurezza in fase di Progettazione, di Esecuzione, assistenza al RUP ed attività correlate ai sensi del D.Lgs 81/2008 e s.m.i.</t>
+  </si>
+  <si>
+    <t>DURAT per. Ind. ed. ANTONIO</t>
   </si>
   <si>
     <t>0000632</t>
   </si>
   <si>
     <t>B5B6828D1C</t>
   </si>
   <si>
     <t>Lavori di ripristino funzionale dei conglomerati bituminosi lungo la rete di competenza del Centro di Manutenzione di Trieste e Gorizia. Interventi di ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale nei Comuni di San Floriano, Cormons, Palmanova e la viabilità in gestione di FVGS interessate dal Giro d’Italia 2025. Interventi di ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale in Comune di Gorizia e la viabilità in gestione di FVGS interessate dal Giro d’Italia 2025 - Servizio tecnico relativo all’esecuzione di prove in laboratorio/situ per controllo qualità lavorazioni e materiali – Conglomerati bituminosi</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>0000623</t>
-[...10 lines deleted...]
-  <si>
     <t>0000656</t>
   </si>
   <si>
     <t>B59405296C</t>
   </si>
   <si>
     <t>O.C.D.P.C. N. 839/22 - DCR/45/SR12/2022 dd. 28/10/2022 - S.R. 552 "del Passo Rest" Interventi di mitigazione del rischio – lavori di manutenzione straordinaria del ponte sul fiume Tagliamento mediante difesa delle spalle e consolidamento delle pile e dell’impalcato. Servizio di Collaudo Statico e verifica di conformità progettuale delle opere strutturali</t>
   </si>
   <si>
     <t>MADS &amp; ASSOCIATI</t>
   </si>
   <si>
+    <t>0000680</t>
+  </si>
+  <si>
+    <t>B5B4AD6AF7</t>
+  </si>
+  <si>
+    <t>S.R. n° 352 “di Grado” - Servizi di esercizio e manutenzione ordinaria del ponte girevole "G. Matteotti" sito al km 40+207 in località Grado (GO) – esercizi 2025-2028.</t>
+  </si>
+  <si>
+    <t>MALUSÀ DOMENICO</t>
+  </si>
+  <si>
     <t>0000669</t>
   </si>
   <si>
     <t>B584E7A607</t>
   </si>
   <si>
     <t>SERVIZIO DI RILIEVO TOPOGRAFICO E SOVRAPPOSIZIONE ALLE MAPPE CATASTALI - INTEGRAZIONE: DA 05-2009A – Allargamento tratto centrale della S.P. n. 21 “di Bannia”, nei Comuni di Fiume Veneto, San Vito al Tagliamento e Chions.</t>
   </si>
   <si>
     <t>0000679</t>
   </si>
   <si>
     <t>B592536A5A</t>
   </si>
   <si>
     <t>IND02 - “Giro d'Italia 2025” - Lavori di ripristino funzionale dei conglomerati bituminosi lungo le strade comunali di Porcia e Sacile e lungo la rete di competenza FVGS del Centro di Manutenzione di Pordenone // IND03 - “Giro d'Italia 2025” - Lavori di ripristino  funzionale dei conglomerati bituminosi lungo le strade comunali di Fiume Veneto e Pordenone e lungo la rete di competenza FVGS del Centro di Manutenzione di Pordenone Servizio di Coordinatore per la Sicurezza in fase di Progetto ed Esecuzione</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>COOPROGETTI S.C.R.L.</t>
-  </si>
-[...10 lines deleted...]
-    <t>MALUSÀ DOMENICO</t>
   </si>
   <si>
     <t>0000695</t>
   </si>
   <si>
     <t>B5B803DCA1</t>
   </si>
   <si>
     <t>Determinazione della “Classe di Attenzione” (indice di rischio “CDA” IDR+GEO) in ambito idrogeologico riguardante i ponti stradali in gestione a Friuli Venezia Giulia Strade S.p.A..</t>
   </si>
   <si>
     <t>SRV INDAGINI GEOLOGICHE S.R.L.</t>
   </si>
   <si>
     <t>0000696</t>
   </si>
   <si>
     <t>B5B847363B</t>
   </si>
   <si>
     <t>Determinazione della “Classe di Attenzione” (indice di rischio “CDA” IDR+GEO) in ambito
 idrogeologico riguardante i ponti stradali in gestione a Friuli Venezia Giulia Strade S.p.A..</t>
   </si>
   <si>
     <t>0000697</t>
@@ -629,291 +629,291 @@
   <si>
     <t>0000810</t>
   </si>
   <si>
     <t>B5F4B14635</t>
   </si>
   <si>
     <t>S.R. 352 “di Grado” - Completamento della pista ciclabile da Palmanova a Grado nel tratto in Comune di Grado (GO). SERVIZIO PER IL RICALCOLO COSTRUTTIVO DELLE OPERE STRUTTURALI DI FONDAZIONE E IN ELEVAZIONE DELLE N.2 SPALLE IN C.A. E VERIFICA DELLA STABILITÀ DEL RILEVATO.</t>
   </si>
   <si>
     <t>ARCHEST S.R.L.</t>
   </si>
   <si>
     <t>0000831</t>
   </si>
   <si>
     <t>B5CA1299A8</t>
   </si>
   <si>
     <t>PN_16_02 – Lavori di sistemazione e adeguamento dalla S.R. 251 alla S.P. “di Aviano” nei Comuni di San Quirino, Roveredo in Piano ed Aviano – Ex Pista Carri II° lotto (P400). Servizio di “Direttore operativo”.</t>
   </si>
   <si>
     <t>TRUANT &amp; ASSOCIATI S.N.C.</t>
   </si>
   <si>
+    <t>0001991</t>
+  </si>
+  <si>
+    <t>B5FF846316</t>
+  </si>
+  <si>
+    <t>im.000.xx - lavori di ripristino e manutenzione impianti elettrici varie sedi.</t>
+  </si>
+  <si>
+    <t>T.Z. IMPIANTI ELETTRICI S.N.C.</t>
+  </si>
+  <si>
+    <t>0000850</t>
+  </si>
+  <si>
+    <t>B5CF43A618</t>
+  </si>
+  <si>
+    <t>Dataconsec Srl – incarico per lo svolgimento di un Audit in materia di Protezione dei dati personali</t>
+  </si>
+  <si>
+    <t>DATACONSEC SRL</t>
+  </si>
+  <si>
     <t>0001992</t>
   </si>
   <si>
     <t>B608FC57D3</t>
   </si>
   <si>
     <t>Fornitura Cancelleria varia da Ufficio</t>
   </si>
   <si>
     <t>FACAU CANCELLERIA SRL</t>
   </si>
   <si>
-    <t>0001991</t>
-[...22 lines deleted...]
-  <si>
     <t>0000861</t>
   </si>
   <si>
     <t>B645987CCD</t>
   </si>
   <si>
     <t>Servizio di assistenza certificazioni QAS - servizio di assistenza per l’implementazione di un Sistema di Gestione per la Salute e Sicurezza sul Lavoro, certificabile ai sensi della UNI EN ISO 45001, integrato ai Sistemi di Gestione per la Qualità e l’Ambiente esistenti; successivamente all’ottenimento della certificazione UNI EN ISO 45001, servizio di assistenza al mantenimento del Sistema di Gestione Integrato Qualità-Ambiente-Sicurezza (UNI EN ISO 9001-14001-45001)</t>
   </si>
   <si>
     <t>NORMA S.R.L.</t>
   </si>
   <si>
     <t>0000880</t>
   </si>
   <si>
     <t>B60CED84C1</t>
   </si>
   <si>
     <t>S.R. 355 “della Val Degano” – Progettazione e realizzazione interventi di riqualificazione e potenziamento della S.R. 355 tratta Comeglians – Rigolato. 1° Lotto Funzionale. Servizio di PROGETTAZIONE F.T.E., ESECUTIVA e ruolo di CSP ex D. Lgs. 81/2008 s.m.i.</t>
   </si>
   <si>
     <t>SERIN S.R.L.</t>
   </si>
   <si>
+    <t>0000914</t>
+  </si>
+  <si>
+    <t>B614DC4201</t>
+  </si>
+  <si>
+    <t>Lavori di manutenzione ordinaria ricorrente - Adeguamento e manutenzione degli impianti elettrici e tecnologici - rete di competenza del Centro di Manutenzione di Pordenone - Servizio di Coordinamento della Sicurezza in fase di Esecuzione ai sensi del D.Lgs 81/2008 e s.m.i. e attività correlate</t>
+  </si>
+  <si>
+    <t>AISATEC S.C.R.L.</t>
+  </si>
+  <si>
     <t>0002151</t>
   </si>
   <si>
     <t>B5FF16CBA1</t>
   </si>
   <si>
     <t>im.000.xx – valutazione e verifiche rischio fulminazione varie sedi</t>
   </si>
   <si>
     <t>STUDIO TECNICO PASTROVICCHIO ALESSANDRO</t>
   </si>
   <si>
     <t>0002152</t>
   </si>
   <si>
     <t>B5E9965526</t>
   </si>
   <si>
     <t>im.000.xx – ripristini e pitturazione su varie sedi.</t>
   </si>
   <si>
     <t>VI.PE. S.R.L.</t>
   </si>
   <si>
-    <t>0000914</t>
-[...10 lines deleted...]
-  <si>
     <t>0000954</t>
   </si>
   <si>
     <t>B5EF0F141E</t>
   </si>
   <si>
     <t>Codice Intervento 814/21-D-FVGS-5160: S.R. 465 della Forcella Lavardet e dalla Valle di San Canciano dal km 42+000 al km 45+000. Interventi di mitigazione del rischio. Messa in sicurezza delle opere d’arte a sostegno della sede stradale lungo il rio Gladegna dal km 42+000 al km 45+000 compreso ripristino barriere di sicurezza stradali. Prove di laboratorio.</t>
   </si>
   <si>
     <t>0000953</t>
   </si>
   <si>
     <t>B586BD7142</t>
   </si>
   <si>
     <t>CODICE INTERVENTO 814/21-D-FVGS-5160_CUP: D37H22001610001. Interventi di mitigazione del rischio – Messa in sicurezza delle opere d’arte a sostegno della sede stradale lungo il Rio Gladegna dal Km 42+000 al Km 45+000 compreso rispristino barriere di sicurezza stradali. Affidamento prove SOC.MA.S. SRL</t>
   </si>
   <si>
+    <t>0001003</t>
+  </si>
+  <si>
+    <t>B586793C19</t>
+  </si>
+  <si>
+    <t>S.R. 465 "della F.lla Lavardet e dalla Valle San Canciano" dal km 42+000 al km 45+000. Interventi di mitigazione del rischio - Messa in sicurezza delle opere d'arte a sostegno della sede stradale lungo il rio Gladegna dal km 42+000 al km 45+000 compreso ripristino barriere di sicurezza stradali nei comuni di Cercivento e Ravascletto (UD). Affidamento lavori di scavo in minitrincea</t>
+  </si>
+  <si>
+    <t>I.C.M. S.R.L.</t>
+  </si>
+  <si>
+    <t>0001006</t>
+  </si>
+  <si>
+    <t>B6028E41DA</t>
+  </si>
+  <si>
+    <t>Fornitura del servizio sostitutivo mensa mediante buoni pasto elettronici 2025 – 2026</t>
+  </si>
+  <si>
+    <t>EDENRED ITALIA SRL</t>
+  </si>
+  <si>
     <t>0001004</t>
   </si>
   <si>
     <t>B63158B090</t>
   </si>
   <si>
     <t>PN24PV020 - Lavori di ripristino funzionale dei conglomerati bituminosi lungo la rete di competenza del Centro di Manutenzione di Pordenone - Servizio tecnico relativo all’esecuzione di prove in laboratorio/situ per controllo qualità lavorazioni e materiali - Conglomerati bituminosi</t>
   </si>
   <si>
-    <t>0001003</t>
-[...22 lines deleted...]
-  <si>
     <t>0001005</t>
   </si>
   <si>
     <t>B61FE459D6</t>
   </si>
   <si>
     <t>Fornitura di conglomerato bituminoso in sacchi</t>
   </si>
   <si>
     <t>GEATTI ARNALDO SRL</t>
   </si>
   <si>
+    <t>0001026</t>
+  </si>
+  <si>
+    <t>B6355478F1</t>
+  </si>
+  <si>
+    <t>Lavori di manutenzione ordinaria e ricorrente – segnaletica lungo le strade del Centro di Manutenzione di Pordenone. Servizio di Coordinamento della Sicurezza in fase di Esecuzione ai sensi del D.Lgs 81/2008 e s.m.i. e attività correlate.</t>
+  </si>
+  <si>
+    <t>LS ENGINEERING &amp; SAFETY SRL</t>
+  </si>
+  <si>
     <t>0001025</t>
   </si>
   <si>
     <t>B639146B96</t>
   </si>
   <si>
     <t>PN25PV001 - Lavori di ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale di Porcia e Sacile e sulla viabilità in gestione di Friuli Venezia Giulia Strade S.p.A. interessate dal Giro d’Italia 2025 - C.M. di Pordenone. PN25PV002 - Lavori di ripristino funzionale dei conglomerati bituminosi lungo la rete stradale comunale di Fiume Veneto e Pordenone e sulla viabilità in gestione di Friuli Venezia Giulia Strade S.p.A. interessate dal Giro d’Italia 2025 - C.M. di Pordenone. Servizio tecnico relativo all’esecuzione di prove in laboratorio/situ per controllo qualità lavorazioni e materiali - Conglomerati bituminosi.</t>
   </si>
   <si>
     <t>GE. ROAD SRL</t>
   </si>
   <si>
-    <t>0001026</t>
-[...10 lines deleted...]
-  <si>
     <t>0001045</t>
   </si>
   <si>
     <t>B6357F0AEB</t>
   </si>
   <si>
     <t>Fornitura e posa in opere di rete annodata antipiccione da installare nel sottopasso di via San Valentino, altezza civ. 33, Pordenone.</t>
   </si>
   <si>
     <t>ECORAT DI CATTELAN FABIO</t>
   </si>
   <si>
     <t>0001050</t>
   </si>
   <si>
     <t>B62F452602</t>
   </si>
   <si>
     <t>Servizio di lavaggio veicoli per il triennio 2025-2028 – Area Giuliana</t>
   </si>
   <si>
     <t>AUTOLAVAGGIO BOSCO SRL</t>
   </si>
   <si>
+    <t>0001051</t>
+  </si>
+  <si>
+    <t>B62F810C91</t>
+  </si>
+  <si>
+    <t>Servizio di lavaggio veicoli per il triennio 2025-2028 – Area Medio Friuli</t>
+  </si>
+  <si>
+    <t>TIEMME SERVICE SAS DI TRIBOS DANIELE S. &amp; C.</t>
+  </si>
+  <si>
+    <t>0001049</t>
+  </si>
+  <si>
+    <t>B62F70A45E</t>
+  </si>
+  <si>
+    <t>Servizio di lavaggio veicoli per il triennio 2025-2028 – Area Basso Friuli</t>
+  </si>
+  <si>
+    <t>DBM SRL</t>
+  </si>
+  <si>
     <t>0001048</t>
   </si>
   <si>
     <t>B62F595090</t>
   </si>
   <si>
     <t>Servizio di lavaggio veicoli per il triennio 2025-2028 – Area Pordenonese</t>
   </si>
   <si>
     <t>AUTOLAVAGGIO COLAUTTI &amp; C. SNC</t>
-  </si>
-[...22 lines deleted...]
-    <t>DBM SRL</t>
   </si>
   <si>
     <t>0001079</t>
   </si>
   <si>
     <t>B656A1EF8D</t>
   </si>
   <si>
     <t>INCARICO DI CONSULENZA GEOLOGICA DOTT. GEOLOGO DANILO SIMONETTI. LAVORI DI MANUTENZIONE ORDINARIA RICORRENTE E PRONTO INTERVENTO 2^ NUCLEO CM DI UDINE</t>
   </si>
   <si>
     <t>SIMONETTI DANILO</t>
   </si>
   <si>
     <t>0001110</t>
   </si>
   <si>
     <t>B65C268B51</t>
   </si>
   <si>
     <t>S.S.52 “Carnica” – Lavori urgenti di manutenzione straordinaria delle spalle, pile e dell’impalcato del ponte sul Fiume Fella in Comune di Amaro dal Km. 0+800 circa al Km. 1+190 circa – II° Lotto SERVIZIO DI RILIEVO PLANI-ALTIMETRICO E SOVRAPPOSIZIONE ALLE MAPPE CATASTALI - INTEGRAZIONE</t>
   </si>
   <si>
     <t>0001115</t>
   </si>
@@ -942,251 +942,251 @@
   <si>
     <t>0001166</t>
   </si>
   <si>
     <t>B67652BE07</t>
   </si>
   <si>
     <t>Servizio di supporto per il WebGIS Carto per la visualizzazione e l’aggiornamento del catasto strade triennio 2025-2027</t>
   </si>
   <si>
     <t>3DGIS S.R.L.</t>
   </si>
   <si>
     <t>0001181</t>
   </si>
   <si>
     <t>B66EBECFD5</t>
   </si>
   <si>
     <t>S.S. 52 “Carnica” in comune di Forni di Sopra (UD) - Servizio di consulenza agronomica per definizione tipologie arboree abbattute per la messa in sicurezza versante in destra lungo la S.S. n°52 “Carnica” nel tratto compreso tra il km 57+550 ed il km 57+645 in comune di Forni di Sopra (UD).</t>
   </si>
   <si>
     <t>DE MEZZO ANTONIO</t>
   </si>
   <si>
+    <t>0001206</t>
+  </si>
+  <si>
+    <t>B6706CBC91</t>
+  </si>
+  <si>
+    <t>01-24 – Realizzazione di una rotatoria lungo la S.S. 13 “Pontebbana” al km. 140+580 in corrispondenza dell’intersezione con Via Ugo Foscolo (ex SP 107) e la Via Carnelutti – Tricesimo. Servizio di esecuzione prove in laboratorio, in situ e controllo qualità dei materiali e delle lavorazioni.</t>
+  </si>
+  <si>
+    <t>CENTRO CONTROLLO MATERIALI EDILI S.R.L.</t>
+  </si>
+  <si>
     <t>0001200</t>
   </si>
   <si>
     <t>B66F4BD661</t>
   </si>
   <si>
     <t>DA 48-2024 - Sistemazione a rotatoria dell’intersezione tra la S.R. 352, via Ellero e via dell’Ancona in Comune di Santa Maria la Longa. Servizio di progettazione di fattibilità tecnico - economica, esecutiva e delle attivita’ di C.S.P. ex D.Lgs. 81/2008 s.m.i.</t>
   </si>
   <si>
-    <t>0001206</t>
-[...10 lines deleted...]
-  <si>
     <t>0001216</t>
   </si>
   <si>
     <t>B620DCCA1C</t>
   </si>
   <si>
     <t>Servizio triennale di Newsletter TeamSystem</t>
   </si>
   <si>
     <t>TEAMSYSTEM S.P.A.</t>
   </si>
   <si>
     <t>0001231</t>
   </si>
   <si>
     <t>B682A487C5</t>
   </si>
   <si>
     <t>SR 251 “della Val di Zoldo e Val Cellina” - Servizio di ingegneria e architettura - redazione del Piano di Gestione delle Emergenze della galleria “Fara”</t>
   </si>
   <si>
     <t>BOZZETTO ING. VITTORIO</t>
   </si>
   <si>
     <t>0001244</t>
   </si>
   <si>
     <t>B68593F976</t>
   </si>
   <si>
     <t>Lavori di manutenzione ordinaria ricorrente – adeguamento e manutenzione degli impianti elettrici e tecnologici – rete di competenza del Centro di Manutenzione di Gorizia e Trieste e Gorizia. Prestazione di Coordinamento della Sicurezza in fase di Progettazione, di Esecuzione, assistenza al RUP ed attività correlate ai sensi del D.Lgs 81/2008 e s.m.i.</t>
   </si>
   <si>
     <t>ASC STUDIO TECNICO DELL'ING. FABRIZIO CANCIAN</t>
   </si>
   <si>
     <t>0003308</t>
   </si>
   <si>
     <t>B6A6186229</t>
   </si>
   <si>
     <t>Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale ex SP 22 “della val Sesis” tra il km 1+000 ed il km 8+582 in comune di Sappada (UD). Lavori di pavimentazione.</t>
   </si>
   <si>
+    <t>0003307</t>
+  </si>
+  <si>
+    <t>B6A61F2B46</t>
+  </si>
+  <si>
+    <t>S.R. n°355 “della Val Degano” - Lavori di somma urgenza per il ripristino funzionale della viabilità lungo la Strada Regionale n°355 “della Val Degano” tra il km 39+700 ed il km 39+800 in comune di Sappada (UD). Lavori di pavimentazione.</t>
+  </si>
+  <si>
+    <t>0003309</t>
+  </si>
+  <si>
+    <t>B6A612414A</t>
+  </si>
+  <si>
+    <t>Codice intervento: 814/21–D-FVGS-4981 - S.R. 465 "della F.lla Lavardet e dalla Valle San Canciano" dal km 41+000 al km 46+000. Interventi di mitigazione del rischio – Ripristino muri di contenimento, banchettoni e barriere stradali sia su terra che su cordolo nel comune di Ravascletto (UD). Prove di laboratorio.</t>
+  </si>
+  <si>
     <t>0003310</t>
   </si>
   <si>
     <t>B6A1455EDA</t>
   </si>
   <si>
     <t>Codice Intervento 839/22–D-FVGS-5156. S.S. 13 “Pontebbana” al km 209+000. Interventi di mitigazione del rischio – Lavori di manutenzione straordinaria per il consolidamento spondale del fiume Fella a protezione della scarpata a sostegno della sede stradale erosa dalle piene in comune di Malborghetto-Valbruna (UD). Incarico per collaudatore tecnico amministrativo in corso d’opera e revisione contabile.</t>
   </si>
   <si>
     <t>STUDIO CAUSERO &amp; SPADETTO ASSOCIATI</t>
   </si>
   <si>
-    <t>0003307</t>
-[...16 lines deleted...]
-  <si>
     <t>0003437</t>
   </si>
   <si>
     <t>B6BE6B6D13</t>
   </si>
   <si>
     <t>Acquisto 600 risme carta A4 e lavagna magnetica con kit pennarelli e spugna</t>
   </si>
   <si>
     <t>LYRECO ITALIA SRL</t>
   </si>
   <si>
+    <t>0001363</t>
+  </si>
+  <si>
+    <t>B6C8CC9991</t>
+  </si>
+  <si>
+    <t>S.R. 56 “di Gorizia” - Lavori di realizzazione di marciapiedi nel Comune di San Lorenzo Isontino (Decreto di delegazione n. 55633/GRFVG del 14.11.2024). Servizio di coordinatore della sicurezza in fase di progettazione e di esecuzione e supporto/assistenza al Responsabile dei Lavori nelle attività tecniche di controllo.</t>
+  </si>
+  <si>
+    <t>TUZZI PER. IND. MICHELE</t>
+  </si>
+  <si>
     <t>0001370</t>
   </si>
   <si>
     <t>B6C9C884C2</t>
   </si>
   <si>
     <t>Lavori complementari e di completamento connessi agli interventi di ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale nei Comuni di San Floriano, Cormons, Palmanova e Gorizia e la viabilità in gestione di FVGS interessate dal Giro d’Italia 2025 (cod. lavoro TS25PV003)</t>
   </si>
   <si>
     <t>EDILVERDE S.R.L.</t>
   </si>
   <si>
-    <t>0001363</t>
-[...10 lines deleted...]
-  <si>
     <t>0001392</t>
   </si>
   <si>
     <t>B6D55558AD</t>
   </si>
   <si>
     <t>FVG1 "Alpe Adria" - Fornitura e posa in opera per sostituzione di corpi illuminanti guasti e di accessori elettrici, degli impianti di illuminazione nelle gallerie della ciclovia FVG1 nel tratto tra Moggio udinese e Malborghetto Valbruna.</t>
   </si>
   <si>
     <t>RTCB SAS DI COMISSO CLAUDIO &amp; C.</t>
   </si>
   <si>
+    <t>0001414</t>
+  </si>
+  <si>
+    <t>B6EE0E0241</t>
+  </si>
+  <si>
+    <t>DA 39-2024 - SR 464 “TRASFORMAZIONE DELL’INCROCIO SEMAFORIZZATO CON LE VIE FAUGNACCO E LA VIA XXV APRILE IN COMUNE DI MARTIGNACCO” - SERVIZIO DI PROGETTAZIONE COMPLETA FTE ED ESECUTIVA E PER LA REDAZIONE DEL P.S.C.</t>
+  </si>
+  <si>
+    <t>STUDIO NOVARIN S.A.S.</t>
+  </si>
+  <si>
+    <t>B6EDFDAA09</t>
+  </si>
+  <si>
+    <t>01-2025 - SR 464 “LAVORI DI ADEGUAMENTO INTERSEZIONE A RASO ED ELIMINAZIONE IMPIANTO SEMAFORICO AL KM 43+350”. SERVIZIO DI PROGETTAZIONE COMPLETA FTE ED ESECUTIVA E PER LA REDAZIONE DEL P.S.C.</t>
+  </si>
+  <si>
     <t>0001416</t>
   </si>
   <si>
     <t>B6CF43C808</t>
   </si>
   <si>
     <t>Lavori di ripristino funzionale dei conglomerati bituminosi lungo la rete di competenza del centro di Manutenzione di Udine. Affidamento del servizio tecnico relativo all’esecuzione di prove in laboratorio/situ per controllo qualità lavorazioni e materiali – Conglomerati bituminosi.</t>
   </si>
   <si>
-    <t>0001414</t>
-[...14 lines deleted...]
-    <t>DA 39-2024 - SR 464 “TRASFORMAZIONE DELL’INCROCIO SEMAFORIZZATO CON LE VIE FAUGNACCO E LA VIA XXV APRILE IN COMUNE DI MARTIGNACCO” - SERVIZIO DI PROGETTAZIONE COMPLETA FTE ED ESECUTIVA E PER LA REDAZIONE DEL P.S.C.</t>
+    <t>0001435</t>
+  </si>
+  <si>
+    <t>B6F092C349</t>
+  </si>
+  <si>
+    <t>ACCORDO DI PROGRAMMA PER LA REALIZZAZIONE DI UN PARCO COMMERCIALE IN COMUNE DI VILLESSE DEL 19/10/2006 E SUCCESSIVO ATTO NOVATIVO E MODIFICATIVO DELL’11/10/2011. COMMITATO DI VIGILENZA RIUNIONE DEL 28/03/2025. AFFIDAMENTO PROGETTAZIONE DEFINITIVA/ESECUTIVA POTENZIAMENTO FUNZIONALE DELLA PAVIMENTAZIONE DI VIA CJARBONARIS IN COMUNE DI VILLESSE E ROMANS D'ISONZO.</t>
+  </si>
+  <si>
+    <t>0001438</t>
+  </si>
+  <si>
+    <t>B6DFC21DD3</t>
+  </si>
+  <si>
+    <t>OCDPC n. 826/2022- n. 622/2019 - Codice Intervento 814/21–D-FVGS- 4981 – S.R. 465 “della F.lla Lavardet e della Valle di San Canciano” dal km 41+000 al km 46+000. Interventi di mitigazione del rischio - Ripristino muri di contenimento, banchettoni e barriere stradali sia su terra che su cordolo. Affidamento per lavori di spostamento infrastruttura (cavidotto fibra ottica) dal km 43+710 al km 44+115.</t>
   </si>
   <si>
     <t>0001430</t>
   </si>
   <si>
     <t>B6E92313B9</t>
   </si>
   <si>
     <t>Attività urgenti a seguito di caduta massi su ciclabile FVG1 “Alpe Adria” in data 25.04.2025 in Comune di Chiusaforte. Sopralluogo e rilevamento geologico con redazione di relazione geologica comprensiva di modello fotografico 3D dell’evento e redazione di certificato di avvenuta messa in sicurezza.</t>
   </si>
   <si>
     <t>MOCCHIUTTI DOTT. GEOL. ANDREA</t>
   </si>
   <si>
-    <t>0001438</t>
-[...16 lines deleted...]
-  <si>
     <t>0001465</t>
   </si>
   <si>
     <t>B6F8930797</t>
   </si>
   <si>
     <t>SERVIZI DI SICUREZZA NEI LUOGHI DI LAVORO e SERVIZIO DI FORNITURA INCARICO ESTERNO DI RESPONSABILE della SICUREZZA, PREVENZIONE e PROTEZIONE</t>
   </si>
   <si>
     <t>CORAM SERVIZI IMPRESE S.R.L.</t>
   </si>
   <si>
     <t>0003854</t>
   </si>
   <si>
     <t>B6FAB8A0A3</t>
   </si>
   <si>
     <t>im.081.ma - lavorazioni di ripristino impianto elettrico - casa cantoniera Sappada</t>
   </si>
   <si>
     <t>ZAMBELLI DOMELIN IVANO</t>
   </si>
   <si>
     <t>0001528</t>
@@ -1200,99 +1200,99 @@
   <si>
     <t>FV PROGETTAZIONE IMPIANTI di VALERIO FABRIZIO</t>
   </si>
   <si>
     <t>0001531</t>
   </si>
   <si>
     <t>B7143F16D8</t>
   </si>
   <si>
     <t>INTERVENTO PNRR 07-FVGS-S.R. 355 “della val Degano” al km 18+200 – Intervento di Manutenzione straordinaria per la messa in sicurezza del ponte all'ingresso in Comune di Rigolato. Affidamento incarico tecnico per redazione perizie giurate n. 3 abitazioni.</t>
   </si>
   <si>
     <t>0001552</t>
   </si>
   <si>
     <t>B707BCCCBA</t>
   </si>
   <si>
     <t>Servizio di noleggio apparati di telepedaggio e pagamento dei transiti autostradali per il quinquennio 2025-2030</t>
   </si>
   <si>
     <t>UNIPOLTECH S.P.A.</t>
   </si>
   <si>
+    <t>0001569</t>
+  </si>
+  <si>
+    <t>B702CC0177</t>
+  </si>
+  <si>
+    <t>Riqualificazione della viabilità dalla SR 177 alla SR 464 – Bretella di Barbeano in Comune di Spilimbergo (PN) – Delegazione Amministrativa Intersoggettiva – Decreto PMT/252 d.d. 03.06.2010. Servizio di REVISIONE DEL PIANO DI MONITORAGGIO AMBIENTALE ED ASSUNZIONE DEL RUOLO DI RESPONSABILE AMBIENTALE</t>
+  </si>
+  <si>
     <t>0001571</t>
   </si>
   <si>
     <t>B6E1A9E6B9</t>
   </si>
   <si>
     <t>Servizio di controllo e manutenzione periodica dei presidi di emergenza</t>
   </si>
   <si>
     <t>SICURA SPA</t>
   </si>
   <si>
-    <t>0001569</t>
-[...5 lines deleted...]
-    <t>Riqualificazione della viabilità dalla SR 177 alla SR 464 – Bretella di Barbeano in Comune di Spilimbergo (PN) – Delegazione Amministrativa Intersoggettiva – Decreto PMT/252 d.d. 03.06.2010. Servizio di REVISIONE DEL PIANO DI MONITORAGGIO AMBIENTALE ED ASSUNZIONE DEL RUOLO DI RESPONSABILE AMBIENTALE</t>
+    <t>0001603</t>
+  </si>
+  <si>
+    <t>B724361209</t>
+  </si>
+  <si>
+    <t>Servizio di manutenzione ordinaria e revisione annuale dei dispositivi per il rilevamento della velocità presenti lungo la rete di competenza del Centro di Manutenzione di Pordenone.</t>
+  </si>
+  <si>
+    <t>SAFETY21 SPA</t>
   </si>
   <si>
     <t>0001606</t>
   </si>
   <si>
     <t>B721420346</t>
   </si>
   <si>
     <t>Servizio di consulenza agronomica. S.R. 465 “della F.lla Lavardet e Valle San Canciano” in comune di Sutrio.</t>
   </si>
   <si>
     <t>0004274</t>
   </si>
   <si>
     <t>B735BF8ED6</t>
   </si>
   <si>
     <t>im.003.uf - realizzazione impianti sala operativa sede Trieste</t>
-  </si>
-[...10 lines deleted...]
-    <t>SAFETY21 SPA</t>
   </si>
   <si>
     <t>0004419</t>
   </si>
   <si>
     <t>B75205B11D</t>
   </si>
   <si>
     <t>Mobilio uffici sede Trieste – Scala dei Cappuccini 1 – primo piano sala operativa</t>
   </si>
   <si>
     <t>WE DO SPACES S.R.L.</t>
   </si>
   <si>
     <t>0001658</t>
   </si>
   <si>
     <t>B73D9F2464</t>
   </si>
   <si>
     <t>01-24 – Realizzazione di una rotatoria lungo la S.S. 13 “Pontebbana” al km. 140+580 in corrispondenza dell’intersezione con Via Ugo Foscolo (ex SP 107) e la Via Carnelutti – Tricesimo. INTERVENTI SPECIALISTICI DI CURA E MANUTENZIONE STRAORDINARIA DI ESEMPLARE DI CEDRUS DEODARA</t>
   </si>
   <si>
     <t>ARBORTECH DI DOVIER GABRIELE</t>
   </si>
@@ -1360,95 +1360,95 @@
     <t>VE.SIM. S.R.L.</t>
   </si>
   <si>
     <t>0001762</t>
   </si>
   <si>
     <t>B7594CB772</t>
   </si>
   <si>
     <t>S.R.251 "della Val di Zoldo e Valcellina" - Realizzazione della pista ciclopedonale di collegamento della frazione di Corva nel Comune di Azzano Decimo e il Comune di Pordenone mediante l'allargamento e la riqualificazione del ponte stradale sul torrente Meduna della S.R. 251. Servizio di PROGETTAZIONE F.T.E. con RELAZIONE GEOLOGICA e PROGETTAZIONE
 ESECUTIVA.</t>
   </si>
   <si>
     <t>0001782</t>
   </si>
   <si>
     <t>B780122322</t>
   </si>
   <si>
     <t>INTERVENTO PNRR 07-FVGS- S.R. 355 “della val Degano” al km 18+200 – Intervento di Manutenzione straordinaria per la messa in sicurezza del ponte all'ingresso in Comune di Rigolato. Affidamento incarico tecnico per interventi di rimozione e ricollocamento infrastrutture di servizi (ENELTELECOM-FIBRE OTTICHE, ACQUEDOTTO, ECC.).</t>
   </si>
   <si>
     <t>L.S. NORD SRL</t>
   </si>
   <si>
+    <t>0001796</t>
+  </si>
+  <si>
+    <t>B777678541</t>
+  </si>
+  <si>
+    <t>Lavori di Manutenzione Ordinaria Ricorrente e servizio di pronto intervento lungo le strade del 1° Nucleo del C.M. di Trieste e Gorizia. Prestazione di Coordinamento della Sicurezza in fase di Progettazione, di Esecuzione ed attività correlate ai sensi del D.Lgs 81/2008 e s.m.i.</t>
+  </si>
+  <si>
+    <t>0001793</t>
+  </si>
+  <si>
+    <t>B2DF3797F9</t>
+  </si>
+  <si>
+    <t>SR 251 “della Val di Zoldo e Val Cellina” - Gallerie “Fara” e “Dint” - Lavori di installazione di colonnine SOS, pannelli a messaggio variabile, realizzazione di un sistema di copertura radio per le Forze dell’Ordine, Vigili del Fuoco e Soccorsi Sanitari, manutenzione sugli elettroventilatori e sulle telecamere di video sorveglianza. Servizio di CSP e CSE con attività correlate e contabilità oneri PSC ai sensi del D.Lgs. 81/2008 e s.m.i.</t>
+  </si>
+  <si>
+    <t>FOSSALUZZA ING. ANNA</t>
+  </si>
+  <si>
     <t>0001798</t>
   </si>
   <si>
     <t>B77791E4C2</t>
   </si>
   <si>
     <t>Lavori di Manutenzione Ordinaria Ricorrente e servizio di pronto intervento lungo le strade del 3° Nucleo del C.M. di Trieste e Gorizia. Prestazione di Coordinamento della Sicurezza in fase di Progettazione, di Esecuzione ed attività correlate ai sensi del D.Lgs 81/2008 e s.m.i.</t>
   </si>
   <si>
     <t>DS ENGROUP SRL</t>
   </si>
   <si>
     <t>0001797</t>
   </si>
   <si>
     <t>B7777F3E01</t>
   </si>
   <si>
     <t>Lavori di Manutenzione Ordinaria Ricorrente e servizio di pronto intervento lungo le strade del 2° Nucleo del C.M. di Trieste e Gorizia. Prestazione di Coordinamento della Sicurezza in fase di Progettazione, di Esecuzione ed attività correlate ai sensi del D.Lgs 81/2008 e s.m.i.</t>
   </si>
   <si>
     <t>DE PITA' ARCH. LUCA</t>
   </si>
   <si>
-    <t>0001796</t>
-[...19 lines deleted...]
-  <si>
     <t>0001822</t>
   </si>
   <si>
     <t>B7902FEDF2</t>
   </si>
   <si>
     <t>UD 16_36 - Pista ciclabile “Alpe Adria” Completamento collegamento tra la stazione di Tarvisio Centrale ed il valico di Coccau – I° stralcio. - INCARICO PER LA PROGETTAZIONE DEF-ESE ai sensi del D.Lgs. 50/2016 smi di tutte le opere tranne la passerella metallica già oggetto di affidamento ad altro Professionista.</t>
   </si>
   <si>
     <t>STUDIO CHIAPPINI ING. ALBERTO</t>
   </si>
   <si>
     <t>0001821</t>
   </si>
   <si>
     <t>B736646FC8</t>
   </si>
   <si>
     <t>Affidamento biennale Gestione e Promozione dei Canali Social</t>
   </si>
   <si>
     <t>DB S.R.L.</t>
   </si>
   <si>
     <t>0001826</t>
@@ -1477,107 +1477,107 @@
   <si>
     <t>0001958</t>
   </si>
   <si>
     <t>B7AFCDA0BE</t>
   </si>
   <si>
     <t>Lavori di ripristino urgente degli impianti tecnologici di controllo e movimentazione del ponte girevole G. Matteotti al km 40+207 lungo la S.R. 352 in Comune di Grado e attività connesse e correlate.</t>
   </si>
   <si>
     <t>CELEGATO S.R.L.</t>
   </si>
   <si>
     <t>0001973</t>
   </si>
   <si>
     <t>B7A6840F79</t>
   </si>
   <si>
     <t>FVG1 “Alpe Adria”: Intervento di messa in sicurezza e ripristino di una porzione di staccionata ammalorata lungo la pista ciclopedonale FVG1 “Alpe Adria” – tratto tra il km 37+800 ed il km 39+800</t>
   </si>
   <si>
     <t>S.I.O.S.S. S.R.L</t>
   </si>
   <si>
+    <t>0002107</t>
+  </si>
+  <si>
+    <t>B7E56BC33F</t>
+  </si>
+  <si>
+    <t>Fornitura n°1 S.A.P.R. funzionale all’ispezione dei ponti stradali in gestione per le finalità di cui al D.M. n°204 del 01/07/2022 (LLGG PONTI).</t>
+  </si>
+  <si>
+    <t>MIO WALTER EREDI DI MIO PAOLO</t>
+  </si>
+  <si>
     <t>0002105</t>
   </si>
   <si>
     <t>B7E1312CAB</t>
   </si>
   <si>
     <t>SR 355: Riqualificazione e potenziamento della tratta Comeglians – Rigolato. 1° Lotto Funzionale. Incarico per la verifica preventiva dell’interesse archeologico (allegato I.8 del D.Lgs. 36/2023)</t>
   </si>
   <si>
     <t>ZENAROLLA LISA</t>
   </si>
   <si>
-    <t>0002107</t>
-[...10 lines deleted...]
-  <si>
     <t>0002113</t>
   </si>
   <si>
     <t>B7DDFC8974</t>
   </si>
   <si>
     <t>Attività di manutenzione urgente per il ripristino funzionale del ponticello in legno della ciclovia FVG2 sito tra il km 59+020 ed il km 60+020 nel Comune di Terzo d’Aquileia (UD) e Attività di manutenzione urgente per il ripristino delle staccionate/parapetti poste lungo la FVG 2 nel tratto in adiacenza alla via Grado nel comune di Grado (GO).</t>
   </si>
   <si>
+    <t>0002179</t>
+  </si>
+  <si>
+    <t>B79BBBA08E</t>
+  </si>
+  <si>
+    <t>S.R. 464 “di Spilimbergo” - Riqualificazione della viabilità dalla SR 177 alla SR 464 - Bretella di BARBEANO in Comune di Spilimbergo (PN). Delegazione Amm.va Intersoggettiva - Decreto PMT/222/VS.1.0.20 - 03/06/2010 SERVIZIO DI MONITORAGGIO DELLA QUALITÀ DELL’ARIA E DELLE CONDIZIONI METEOCLIMATICHE</t>
+  </si>
+  <si>
+    <t>ALS ITALIA SRL</t>
+  </si>
+  <si>
     <t>0002184</t>
   </si>
   <si>
     <t>B7CC494491</t>
   </si>
   <si>
     <t>UD 16_36 - Pista ciclabile “Alpe Adria” Completamento collegamento tra la stazione di Tarvisio Centrale ed il valico di Coccau – I° stralcio. SERVIZIO PER LA PULIZIA ED IL DISBOSCAMENTO, DA FARSI ANCHE A MANO, DELLE AREE INTERESSATE ALLA PROGETTAZIONE, PROPEDEUTICO AL RILEVO DI DETTAGLIO DEI LUOGHI</t>
   </si>
   <si>
     <t>BOSCHIVA F.LLI VALENTINI S.R.L.</t>
   </si>
   <si>
-    <t>0002179</t>
-[...10 lines deleted...]
-  <si>
     <t>0002226</t>
   </si>
   <si>
     <t>B805BF34F5</t>
   </si>
   <si>
     <t>Lavori di manutenzione ordinaria ricorrente – adeguamento e manutenzione degli impianti elettrici e tecnologici – rete di competenza del Centro di Manutenzione di Udine. Servizio tecnico di supporto progettuale ed in esecuzione nell’ambito dei lavori di manutenzione ordinaria degli impianti tecnologici lungo la rete stradale in gestione al Centro di Manutenzione di Udine. Progettazione e supporto Direzione Lavori nella gestione degli impianti e dispostivi antincendio del Centro di Manutenzione di Udine.</t>
   </si>
   <si>
     <t>FRIULI ANTINCENDI SRL</t>
   </si>
   <si>
     <t>0002255</t>
   </si>
   <si>
     <t>B8059CEFE5</t>
   </si>
   <si>
     <t>OCDPC n. 826/2022- n. 622/2019 - Codice Intervento 839/22–D-FVGS-5010. S.R. 355 "della Val Degano" al km 3+600 in comune di Lauco (UD) per interventi di mitigazione del rischio, manutenzione straordinaria di modifica del tracciato stradale per indebolimento scarpata sul fiume Degano. Prove di laboratorio. GEOCONSULT S.r.L. Servizi di ingegneria.</t>
   </si>
   <si>
     <t>GEOCONSULT S.R.L.</t>
   </si>
   <si>
     <t>0002273</t>
@@ -1669,131 +1669,131 @@
   <si>
     <t>Polizza Infortuni Amministratori – compagnia Generali Italia S.p.A. - Decorrenza 29.09.2025 – scadenza 31.12.2026</t>
   </si>
   <si>
     <t>0002511</t>
   </si>
   <si>
     <t>B86CFEC534</t>
   </si>
   <si>
     <t>Lavori di manutenzione ordinaria e ricorrente – segnaletica lungo strade del C.M. di Udine. Incarico di Coordinatore della sicurezza in fase di esecuzione ai sensi del D.Lgs. 81/2008 e s.m.i. e attività correlate.</t>
   </si>
   <si>
     <t>TOMAT MAURIZIO</t>
   </si>
   <si>
     <t>0007206</t>
   </si>
   <si>
     <t>B88EDEFD71</t>
   </si>
   <si>
     <t>im.081.ma - rifacimento dell'impianto di illuminazione dell'autorimessa c.c. Sappada</t>
   </si>
   <si>
+    <t>0002593</t>
+  </si>
+  <si>
+    <t>B847255593</t>
+  </si>
+  <si>
+    <t>Spese di pubblicazione per notificazione per pubblici proclami per estratto del Decreto di esproprio prot. n. 32302 del 28.07.2020 inerente l’intervento denominato “S.R. 351 "di Cervignano". Realizzazione di una rotatoria in comune di Ruda presso l'incrocio della S.R. 351 e la S.P. n. 30 in provincia di Udine.</t>
+  </si>
+  <si>
+    <t>NORD EST MULTIMEDIA SPA</t>
+  </si>
+  <si>
     <t>0002592</t>
   </si>
   <si>
     <t>B84C0D5D4F</t>
   </si>
   <si>
     <t>Spese di pubblicazione per notificazione per pubblici proclami per estratto del Decreto di esproprio prot. n. 1256 del 29.05.2018 inerente l’intervento denominato “SR 352 “di Grado”. Lavori di costruzione di un’intersezione a rotatoria sulla strada regionale n. 352 di Grado al Km. 4+900 in località Crosada nei comuni di Santa Maria La Longa e Pavia di Udine</t>
   </si>
   <si>
-    <t>NORD EST MULTIMEDIA SPA</t>
-[...10 lines deleted...]
-  <si>
     <t>0002600</t>
   </si>
   <si>
     <t>B8981C9044</t>
   </si>
   <si>
     <t>Nolo a caldo di piattaforma autocarrata sottoponte (by-bridge) per attività correlate alla gestione dei ponti e viadotti.</t>
   </si>
   <si>
     <t>MOLLO SERVIZI SRL</t>
   </si>
   <si>
     <t>0002641</t>
   </si>
   <si>
     <t>B86B41D26C</t>
   </si>
   <si>
     <t>S.R. 56 “di Gorizia” – Lavori di realizzazione di una rotatoria al km 30+900 all’incrocio della S.R. 56 con Via della Stesa e Via del Camposanto nei Comune di Mossa e Gorizia. SERVIZIO DI PROGETTAZIONE COMPLETA (F.T.E., ESECUTIVA, PSC ED ACCESSORI) e DI CSE ED ASSISTENZA AL R.L. IN FASE ESECUTIVA.</t>
   </si>
   <si>
     <t>STUDIO CAPPELLA S.R.L.</t>
   </si>
   <si>
     <t>0002633</t>
   </si>
   <si>
     <t>B8B9FFC020</t>
   </si>
   <si>
     <t>DA 45-2024 - Progettazione e realizzazione di un intervento di miglioramento del percorso di via Dante a Tarvisio che consente di collegare la SS 13 “Pontebbana” e la SS 54 “del Friuli”</t>
   </si>
   <si>
     <t>STUDIO TECNICO ING. FEDERICO MONUTTI</t>
   </si>
   <si>
+    <t>0007660</t>
+  </si>
+  <si>
+    <t>B8CA9E5FB9</t>
+  </si>
+  <si>
+    <t>Fornitura cartucce e toner per stampanti varie e piccolo rifornimento di cancelleria</t>
+  </si>
+  <si>
+    <t>AM MAISANO S.R.L.</t>
+  </si>
+  <si>
     <t>0002703</t>
   </si>
   <si>
     <t>B8934B9832</t>
   </si>
   <si>
     <t>Rete Re.C.I.R. – Piste ciclabili varie in gestione a Friuli Venezia Giulia Strade S.p.A. Lavori di fornitura e posa in opera di attrezzatura per contabici.</t>
   </si>
   <si>
     <t>DANILO SOLUZIONI EDILI SRL</t>
   </si>
   <si>
-    <t>0007660</t>
-[...10 lines deleted...]
-  <si>
     <t>0002704</t>
   </si>
   <si>
     <t>B8CBEA81D1</t>
   </si>
   <si>
     <t>S.R. 465 - Ripristino funzionale del muro di controripa in loc. Zovello e allargamento della tratta stradale per il miglioramento della percorribilità dal km 43+020 al km 43+350 circa in Comune di Ravascletto (UD). Servizio di ANALISI TERRE E ROCCE DA SCAVO</t>
   </si>
   <si>
     <t>NUOVA TECNOGEST SRL</t>
   </si>
   <si>
     <t>0002724</t>
   </si>
   <si>
     <t>B87B008613</t>
   </si>
   <si>
     <t>Affidamento del servizio relativo alla redazione della relazione geologica e dei servizi di indagine correlati allo sviluppo della relazione per il redigendo progetto di Fattibilità Tecnico Economica e del progetto Esecutivo S.R. 355 “della Val Degano” – Interventi di riqualificazione e potenziamento della S.R. 355 – 1° lotto funzionale tratta Comeglians – Rigolato</t>
   </si>
   <si>
     <t>0002737</t>
   </si>
   <si>
     <t>B91BBF51AD</t>
@@ -1873,50 +1873,62 @@
   <si>
     <t>0008238</t>
   </si>
   <si>
     <t>B918161A93</t>
   </si>
   <si>
     <t>im.042.cc - bonifica serbatoio metallico casa cantoniera Conconello</t>
   </si>
   <si>
     <t>3C COMPAGNIA COMMERCIO COMBUSTIBILI SAS DI MUGHERLI SRL</t>
   </si>
   <si>
     <t>0002880</t>
   </si>
   <si>
     <t>B7FCF95F45</t>
   </si>
   <si>
     <t>Polizza All Risk Patrimonio – compagnia Unipol Assicurazioni S.p.A. - Decorrenza dalle ore 24:00 del 30.11.2025 – scadenza alle ore 24:00 del 31.12.2026</t>
   </si>
   <si>
     <t>UNIPOL ASSICURAZIONI SPA</t>
   </si>
   <si>
+    <t>0002887</t>
+  </si>
+  <si>
+    <t>B8FCA2C8A1</t>
+  </si>
+  <si>
+    <t>PN25PVS017 - Lavori ripristino funzionale dei conglomerati bituminosi lungo la rete di competenza del C.M. di Pordenone. PN25PVS034 – Lavori ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale nei comuni di Aviano, Barcis, e la viabilità in gestione di FVGS interessante il Giro d’Italia 2026. PN25PVS036 - Lavori ripristino funzionale dei conglomerati bituminosi lungo le SS. RR. 251–463–464–552 del centro di Manutenzione di Pordenone – Giro d’Italia 2026. Servizio di Coordinatore per la Sicurezza in fase di Progetto ed Esecuzione con attività correlate e contabilità oneri PSC ai sensi del D.Lgs 81/2008</t>
+  </si>
+  <si>
+    <t>ARCHITECTURE &amp; SURVEY STUDIO ASSOCIATO</t>
+  </si>
+  <si>
     <t>0002943</t>
   </si>
   <si>
     <t>B8A4909D62</t>
   </si>
   <si>
     <t>SR 251 "della Val di Zoldo e della Val Cellina" al km 89+900 - Sistemazione tombotto per cedimento strutturale. Indagini geognostiche e geotecniche utili alla redazione della relazione geologica.</t>
   </si>
   <si>
     <t>SON.GEO. SRL</t>
   </si>
   <si>
     <t>0002967</t>
   </si>
   <si>
     <t>B94351E1C0</t>
   </si>
   <si>
     <t>Affidamento del servizio triennale relativo realizzazione di capi di abbigliamento e accessori brandizzati FVG Strade.</t>
   </si>
   <si>
     <t>ILLUXIA S.R.L.</t>
   </si>
   <si>
     <t>0002979</t>
@@ -1940,50 +1952,197 @@
     <t>Servizio tecnico di re-ispezione visiva difettologica strutturale di ponti stradali in gestione (complessive n° 600 campate) ai sensi del D.M. n° 204 del 01/07/2022 (LLGG PONTI, rif. §3.1-3.2-3.3).</t>
   </si>
   <si>
     <t>0002089</t>
   </si>
   <si>
     <t>B96237B7E2</t>
   </si>
   <si>
     <t>Lavori di Manutenzione Straordinaria - Intervento di ripristino funzionale dei conglomerati bituminosi lungo la rete di competenza del centro di manutenzione di Udine (cod. lav. UD25PVS016); Interventi di ripristino funzionale dei conglomerati bituminosi lungo la viabilità comunale nei Comuni di Gemona del Friuli, Venzone, Bordano, Artegna, Colloredo di Montalbano, Majano, Osoppo (Consorzio Industriale Alto Friuli) e la viabilità in gestione di FVGS interessate dal Giro d’Italia 2026 (UD25PVS033); Interventi di ripristino funzionale dei conglomerati bituminosi lungo la S.S. 13 e le SS.RR. 512 e 356 del Centro di Manutenzione di Udine - Giro d'Italia 2026 (UD25PVS035). Prestazione di Coordinamento della Sicurezza in fase di Progettazione, di Esecuzione, assistenza al RUP ed attività correlate ai sensi del D.lgs. 81/2008 e s.m.i.</t>
   </si>
   <si>
     <t>ROMANIN GIOVANNI</t>
   </si>
   <si>
     <t>0003048</t>
   </si>
   <si>
     <t>B91A22EBFF</t>
   </si>
   <si>
     <t>Servizio di taratura periodica e gestione del sistema di pesatura dinamica installata in corrispondenza della spalla Nord del viadotto di Pontebba (UD), al km 198+550 circa della S.S. n° 13 “Pontebbana” (modello: Iwim90_10; numero di serie: 042).</t>
   </si>
   <si>
     <t>IWIM SRL</t>
+  </si>
+  <si>
+    <t>0003050</t>
+  </si>
+  <si>
+    <t>B982917CF0</t>
+  </si>
+  <si>
+    <t>S.R. 409 “di Plessiva” in gestione alla Friuli Venezia Giulia Strade S.p.A. - Lavori di somma urgenza per l’esecuzione di interventi di ripristino funzionale della pendice franata in fregio alla S.R. 409 dal km 1+850 al km 1+950 ca. in comune di Cormons (GO) - Servizio tecnico di progettazione definitiva/esecutiva, coordinamento della sicurezza, assistenza alla direzione lavori.</t>
+  </si>
+  <si>
+    <t>ATEC ENGINEERING S.R.L.</t>
+  </si>
+  <si>
+    <t>0003084</t>
+  </si>
+  <si>
+    <t>B981F2CDB0</t>
+  </si>
+  <si>
+    <t>Servizio di pulizia del materiale organico depositato in corrispondenza della pila e della spalla lato Grado del ponte girevole G. Matteotti al km 40+207 lungo la S.R. 352.</t>
+  </si>
+  <si>
+    <t>MG GROUP S.R.L.</t>
+  </si>
+  <si>
+    <t>0003121</t>
+  </si>
+  <si>
+    <t>B94F5DE1B5</t>
+  </si>
+  <si>
+    <t>Polizza Vita Dirigenti – Compagnia Generali Italia S.p.A. - Decorrenza dalle ore 24:00 del 31.12.2025 – scadenza alle ore 24:00 del 31.12.2026</t>
+  </si>
+  <si>
+    <t>0003120</t>
+  </si>
+  <si>
+    <t>B94F0D3855</t>
+  </si>
+  <si>
+    <t>Polizza Infortuni Dirigenti – Compagnia Generali Italia S.p.A. - Decorrenza dalle ore 24:00 del 31.12.2025 – scadenza alle ore 24:00 del 31.12.2026</t>
+  </si>
+  <si>
+    <t>0003131</t>
+  </si>
+  <si>
+    <t>B981772D64</t>
+  </si>
+  <si>
+    <t>Lavori urgenti di manutenzione finalizzati al ripristino funzionale del ponticello in legno eretto tra il km 27+800 e il km 28+000 della ciclovia FVG1 in Comune di Palmanova (UD).</t>
+  </si>
+  <si>
+    <t>0003133</t>
+  </si>
+  <si>
+    <t>B98FB1DE0B</t>
+  </si>
+  <si>
+    <t>Canone e assistenza applicativi Fleeway, Fleerun e dispositivi GPS veicolari – quinquennio 2026-2030</t>
+  </si>
+  <si>
+    <t>DRIVEVOLVE SRL</t>
+  </si>
+  <si>
+    <t>0003126</t>
+  </si>
+  <si>
+    <t>B949FF3AD9</t>
+  </si>
+  <si>
+    <t>Polizza D&amp;O – compagnia Chubb European Group SE – Decorrenza dalle ore 24:00 del 31.12.2025 alle ore 24:00 del 31.12.2026</t>
+  </si>
+  <si>
+    <t>CHUBB European Group SE</t>
+  </si>
+  <si>
+    <t>0009077</t>
+  </si>
+  <si>
+    <t>B9A9E04E77</t>
+  </si>
+  <si>
+    <t>im.000.xx - opere da pittore da eseguire nelle sedi della Società - 2026.</t>
+  </si>
+  <si>
+    <t>CUDIZIO MASSIMO</t>
+  </si>
+  <si>
+    <t>0009083</t>
+  </si>
+  <si>
+    <t>B9AA583E13</t>
+  </si>
+  <si>
+    <t>im.000.xx - manutenzione serrature sedi varie - 2026.</t>
+  </si>
+  <si>
+    <t>CASA DELLA CHIAVE DI BARBETTI ENRICO</t>
+  </si>
+  <si>
+    <t>0003170</t>
+  </si>
+  <si>
+    <t>B9AA9BFC9F</t>
+  </si>
+  <si>
+    <t>Ciclovie Re.Ci.R. in gestione a Friuli Venezia Giulia Strade S.p.A. - Intervento di manutenzione straordinaria dei piani viabili di un tratto della ciclovia FVG 3.</t>
+  </si>
+  <si>
+    <t>SPIGA S.R.L.</t>
+  </si>
+  <si>
+    <t>0003173</t>
+  </si>
+  <si>
+    <t>B9ACD8A62D</t>
+  </si>
+  <si>
+    <t>SR 251 "della Val di Zoldo e della Val Cellina" al km 89+900 - Sistemazione tombotto per cedimento strutturale. Servizio di progettazione definitiva-esecutiva e di direzione lavori delle opere strutturali.</t>
+  </si>
+  <si>
+    <t>PROJ.SYSTEM - STUDIO PROFESSIONALE ASSOCIATO</t>
+  </si>
+  <si>
+    <t>0003203</t>
+  </si>
+  <si>
+    <t>B9AAD476A2</t>
+  </si>
+  <si>
+    <t>Canone Annuo SaaS Piattaforma Software Paghe INWEB EVOLUTION anno 2026</t>
+  </si>
+  <si>
+    <t>INAZ SRL SOCIETA' UNIPERSONALE</t>
+  </si>
+  <si>
+    <t>0003209</t>
+  </si>
+  <si>
+    <t>B9A3A31DD0</t>
+  </si>
+  <si>
+    <t>Realizzazione di video istituzioneali e promozionali e servizio fotografico - FVG Strade.</t>
+  </si>
+  <si>
+    <t>UNIDEA S.R.L.</t>
   </si>
   <si>
     <t>NUMERO OE CONTATTATI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ \€"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -2587,52 +2746,52 @@
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="1" hidden="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabella1" displayName="Tabella1" ref="A1:H168" totalsRowShown="0" headerRowDxfId="8" dataDxfId="12" headerRowBorderDxfId="10" tableBorderDxfId="11" totalsRowBorderDxfId="9">
-  <autoFilter ref="A1:H168"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabella1" displayName="Tabella1" ref="A1:H182" totalsRowShown="0" headerRowDxfId="8" dataDxfId="12" headerRowBorderDxfId="10" tableBorderDxfId="11" totalsRowBorderDxfId="9">
+  <autoFilter ref="A1:H182"/>
   <tableColumns count="8">
     <tableColumn id="1" name="DATA_AFF" dataDxfId="7"/>
     <tableColumn id="2" name="PROT_AFF" dataDxfId="6"/>
     <tableColumn id="3" name="CIG" dataDxfId="5"/>
     <tableColumn id="4" name="OGGETTO" dataDxfId="4"/>
     <tableColumn id="5" name="NUMERO OE CONTATTATI" dataDxfId="3"/>
     <tableColumn id="6" name="AFFIDATARIO" dataDxfId="2"/>
     <tableColumn id="7" name="IMPORTO" dataDxfId="1"/>
     <tableColumn id="8" name="PROVVEDIMENTO" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium16" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2889,4438 +3048,4802 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28522/cig-b77791e4c2-ds-engroup-srl-pdf?ext=.pdf&amp;v=20688" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27892/cig-b565deb01e-studio-tecnico-associato-tea-pdf?ext=.pdf&amp;v=20073" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28008/cig-b5b803dca1-srv-indagini-geologiche-s-r-l-pdf?ext=.pdf&amp;v=20181" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28157/cig-b6028e41da-edenred-italia-srl-pdf?ext=.pdf&amp;v=20331" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28233/cig-b6a1455eda-studio-causero-spadetto-associati-pdf?ext=.pdf&amp;v=20413" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28718/cig-b836d0a560-colle-silvano-srl-pdf?ext=.pdf&amp;v=20875" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28990/cig-b8b9e03f5e-geoalpina-srl-pdf?ext=.pdf&amp;v=21147" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28467/cig-b75205b11d-we-do-spaces-srl-pdf?ext=.pdf&amp;v=20642" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27732/cig-b54499eb5e-globart-srl-pdf?ext=.pdf&amp;v=19916" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27884/cig-b5ab227b5a-de-cillia-ing-francesco-pdf?ext=.pdf&amp;v=20065" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28014/cig-b5cf43a618-dataconsec-srl-pdf?ext=.pdf&amp;v=20187" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28238/cig-b65744a474-studio-di-architettura-e-di-ingegneria-rigo-pdf?ext=.pdf&amp;v=20418" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28606/cig-b7e56bc33f-mio-walter-eredi-di-mio-paolo-pdf?ext=.pdf&amp;v=20772" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28949/cig-b8934b9832-danilo-soluzioni-edili-srl-pdf?ext=.pdf&amp;v=21089" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27671/cig-b5215a213c-generali-italia-spa-pdf?ext=.pdf&amp;v=19853" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28333/cig-b6dfc21dd3-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20522" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29066/cig-b918161a93-3c-compagnia-commercio-combustibili-sas-di-mugherli-srl-pdf?ext=.pdf&amp;v=21218" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27817/cig-b56da13519-tecnofab-di-sbrizzi-fabrizio-pdf?ext=.pdf&amp;v=19999" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28009/cig-b5b847363b-caproni-geol-francesco-pdf?ext=.pdf&amp;v=20182" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28081/cig-b61fe459d6-geatti-arnaldo-srl-pdf?ext=.pdf&amp;v=20258" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28520/cig-b777f3e01-arch-de-pita-luca-pdf?ext=.pdf&amp;v=20686" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28789/cig-b83f9c57cb-technoprove-s-r-l-pdf?ext=.pdf&amp;v=20944" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28232/cig-b6a61f2b46-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20412" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28946/cig-b8ca9e5fb9-am-maisano-srl-pdf?ext=.pdf&amp;v=21086" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27890/cig-b59f49f364-gs-rilievi-srl-pdf?ext=.pdf&amp;v=20071" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27888/cig-b48dfd3793-caproni-geol-francesco-pdf?ext=.pdf&amp;v=20069" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28463/cig-b73d9f2464-arbortech-di-dovier-gabriele-pdf?ext=.pdf&amp;v=20638" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28647/cig-b7ddfc8974-agriverde-piccola-societa-cooperativa-a-rl-pdf?ext=.pdf&amp;v=20815" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28160/cig-b645987ccd-norma-s-r-l-pdf?ext=.pdf&amp;v=20334" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28152/cig-b62f810c91-tiemme-service-sas-di-tribos-daniele-s-c-pdf?ext=.pdf&amp;v=20326" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28635/cig-b6835e3b83-puntel-capellari-associati-ingegneria-pdf?ext=.pdf&amp;v=20798" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28462/cig-b6cf43c808-geoformula-s-r-l-pdf?ext=.pdf&amp;v=20637" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28629/cig-b6f092c349-archest-srl-pdf?ext=.pdf&amp;v=20792" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28788/cig-b86430b36d-puntel-capellari-associati-ingegneria-pdf?ext=.pdf&amp;v=20943" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28873/cig-b847255593-nord-est-multimedia-spa-pdf?ext=.pdf&amp;v=21021" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29060/cig-b7fcf95f45-unipol-assicurazioni-spa-pdf?ext=.pdf&amp;v=21212" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29128/cig-b96237b7e2-romanin-giovanni-pdf?ext=.pdf&amp;v=21266" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27749/cig-b49b91944e-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=19931" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27672/cig-b52102167c-generali-italia-spa-pdf?ext=.pdf&amp;v=19854" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27816/cig-b56d54b306-tecnoelettrica-copetti-pdf?ext=.pdf&amp;v=19998" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28006/cig-b5a119057d-we-do-spaces-srl-pdf?ext=.pdf&amp;v=20179" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28079/cig-b5f4b14635-archest-s-r-l-pdf?ext=.pdf&amp;v=20256" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28466/cig-b7651bf549-ve-sim-s-r-l-pdf?ext=.pdf&amp;v=20641" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28525/cig-b777678541-durat-per-ed-ind-antonio-pdf?ext=.pdf&amp;v=20691" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28010/cig-b5bd9faa8d-di-martino-geom-maurizio-pdf?ext=.pdf&amp;v=20183" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28082/cig-b586bd7142-soc-ma-s-srl-pdf?ext=.pdf&amp;v=20259" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28231/cig-b639146b96-ge-road-srl-pdf?ext=.pdf&amp;v=20411" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28236/cig-b682a487c5-bozzetto-ing-vittorio-pdf?ext=.pdf&amp;v=20416" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28234/cig-b6a612414a-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20414" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28714/cig-b7cc494491-boschiva-f-lli-valentini-srl-pdf?ext=.pdf&amp;v=20871" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28713/cig-b7a6943538-zigotti-ing-sante-pdf?ext=.pdf&amp;v=20870" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29122/cig-b8cbea81d1-nuova-tecnogest-srl?" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29065/cig-b90b85b6cb-ufficiostile-spa-pdf?ext=.pdf&amp;v=21217" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27736/cig-b55082127b-4c-srl-pdf?ext=.pdf&amp;v=19920" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27818/cig-b544b3071d-studio-tecnico-romanin-ing-pierangelo-pdf?ext=.pdf&amp;v=20000" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27893/cig-b584e7a607-gs-rilievi-srl-pdf?ext=.pdf&amp;v=20074" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28634/cig-b74b997310-soc-ma-s-srl-pdf?ext=.pdf&amp;v=20797" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27889/cig-b49bb7cc82-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=20070" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28013/cig-b5ca1299a8-truant-associati-s-n-c-pdf?ext=.pdf&amp;v=20186" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28080/cig-b60ced84c1-serin-s-r-l-pdf?ext=.pdf&amp;v=20257" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28222/cig-b67652be07-3dgis-s-r-l-pdf?ext=.pdf&amp;v=20399" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28372/cig-b6f8930797-coram-servizi-imprese-s-r-l-pdf?ext=.pdf&amp;v=20550" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28638/cig-b721420346-de-mezzo-antonio-pdf?ext=.pdf&amp;v=20801" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28627/cig-b2df3797f9-fossaluzza-ing-anna-pdf?ext=.pdf&amp;v=20790" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28867/cig-b7afcda0be-celegato-srl-pdf?ext=.pdf&amp;v=21015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28790/cig-b868147eea-generali-italia-spa-pdf?ext=.pdf&amp;v=20945" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28872/cig-b8981c9044-mollo-servizi-srl-pdf?ext=.pdf&amp;v=21020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29123/cig-b91a22ebff-iwim-srl-pdf?ext=.pdf&amp;v=21261" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27729/cig-b51d675ed6-r3-gis-s-r-l-pdf?ext=.pdf&amp;v=19913" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28151/cig-b62f70a45e-dbm-srl-pdf?ext=.pdf&amp;v=20325" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28518/cig-b6edfdaa09-novarin-ing-alberto-studio-novarin-sas-pdf?ext=.pdf&amp;v=20684" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29061/cig-b8a4909d62-son-geo-srl-pdf?ext=.pdf&amp;v=21213" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27669/cig-b4fdabb19d-geoformula-s-r-l-pdf?ext=.pdf&amp;v=19851" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28632/cig-b48dc2b32b-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=20795" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27815/cig-b56d7eacbd-filiputti-gabrio-pdf?ext=.pdf&amp;v=19997" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28022/cig-b592536a5a-cooprogetti-s-c-r-l-pdf?ext=.pdf&amp;v=20194" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28015/cig-b5d5b0bedc-gaiambiente-s-r-l-pdf?ext=.pdf&amp;v=20188" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28274/cig-b6355478f1-ls-engineering-safety-srl-pdf?ext=.pdf&amp;v=20454" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28271/cig-b6be6b6d13-lyreco-italia-srl-pdf?ext=.pdf&amp;v=20451" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28464/cig-b74c3627e6-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20639" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28588/cig-b7594cb772-cooprogetti-s-c-r-l-pdf?ext=.pdf&amp;v=20755" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28868/cig-b79bbba08e-als-italia-srl-pdf?ext=.pdf&amp;v=21016" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28716/cig-b80d02474e-bdp-studio-srls-pdf?ext=.pdf&amp;v=20873" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29063/cig-b8fa7871b5-studio-tecnico-geom-stefano-martellossi-pdf?ext=.pdf&amp;v=21215" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28159/cig-b63158b090-geoformula-s-r-l-pdf?ext=.pdf&amp;v=20333" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28335/cig-b68593f976-asc-studio-tecnico-dell-ing-fabrizio-cancian-pdf?ext=.pdf&amp;v=20524" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28948/cig-b87b008613-mocchiutti-dott-geol-andrea-pdf?ext=.pdf&amp;v=21088" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27819/cig-b546ae517b-de-cillia-ing-francesco-pdf?ext=.pdf&amp;v=20001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27730/cig-b54fde82dd-fadalti-ing-pieralberto-pdf?ext=.pdf&amp;v=19914" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28633/cig-b49b2dce68-caproni-geol-francesco-pdf?ext=.pdf&amp;v=20796" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27887/cig-b48cb04b97-s-a-e-di-andrea-scrignaro-sas-pdf?ext=.pdf&amp;v=20068" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28018/cig-b5ff16cba1-studio-tecnico-pastrovicchio-alessandro-pdf?ext=.pdf&amp;v=20191" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28165/cig-b66ebecfd5-de-mezzo-antonio-pdf?ext=.pdf&amp;v=20340" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28377/cig-b7143f16d8-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=20555" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28376/cig-b735bf8ed6-tecnoelettrica-copetti-pdf?ext=.pdf&amp;v=20554" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28586/cig-b7a6840f79-s-i-o-s-s-s-r-l-pdf?ext=.pdf&amp;v=20753" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28947/cig-b86b41d26c-studio-cappella-srl-pdf?ext=.pdf&amp;v=21087" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27731/cig-b5398caf07-crowe-bompani-advisory-srl-pdf?ext=.pdf&amp;v=19915" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28020/cig-b608fc57d3-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=20193" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28156/cig-b656a1ef8d-simonetti-danilo-pdf?ext=.pdf&amp;v=20330" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28519/cig-b6ee0e0241-novarin-ing-alberto-studio-novarin-sas-pdf?ext=.pdf&amp;v=20685" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28373/cig-b6fab8a0a3-zambelli-domelin-ivano-pdf?ext=.pdf&amp;v=20551" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28650/cig-b7902fedf2-studio-chiappini-ing-alberto-pdf?ext=.pdf&amp;v=20818" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28870/cig-b86cfec534-pomodoro-maurizio-pdf?ext=.pdf&amp;v=21018" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29127/cig-b94351e1c0-illuxia-srl-pdf?ext=.pdf&amp;v=21265" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27670/cig-b49d1c6143-tarantino-dott-ing-ascanio-pdf?ext=.pdf&amp;v=19852" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28648/cig-b587a7406e-stanic-luigi-pdf?ext=.pdf&amp;v=20816" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28011/cig-b5c6bf62e9-bodi-ing-germana-pdf?ext=.pdf&amp;v=20184" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28158/cig-b6357f0aeb-ecorat-di-cattelan-fabio-pdf?ext=.pdf&amp;v=20332" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28526/cig-b780122322-ls-nord-srl-pdf?ext=.pdf&amp;v=20692" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28715/cig-b7d618ffea-caprioli-arch-david-pdf?ext=.pdf&amp;v=20872" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29064/cig-b89e43ce6c-in-situ-srl-pdf?ext=.pdf&amp;v=21216" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27891/cig-b546bb5d1d-tecno-cad-progetti-s-a-s-di-romanin-pierangelo-c-pdf?ext=.pdf&amp;v=20072" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28007/cig-b5b4ad6af7-malusa-domenico-pdf?ext=.pdf&amp;v=20180" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28637/cig-b586793c19-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20800" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28235/cig-b6a6186229-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20415" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28332/cig-b6c9c884c2-edilverde-s-r-l-pdf?ext=.pdf&amp;v=20521" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28521/cig-b75955cf18-dea-societa-cooperativa-pdf?ext=.pdf&amp;v=20687" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28649/cig-b805bf34f5-friuli-antincendi-srl-pdf?ext=.pdf&amp;v=20817" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29125/cig-b91bbf51ad-zigotti-ing-sante-pdf?ext=.pdf&amp;v=21263" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27735/cig-b546997dd7-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=19919" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27886/cig-b5b6828d1c-geoformula-s-r-l-pdf?ext=.pdf&amp;v=20067" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28017/cig-b5e9965526-vi-pe-s-r-l-pdf?ext=.pdf&amp;v=20190" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28524/cig-b724361209-safety21-spa-pdf?ext=.pdf&amp;v=20690" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28607/cig-b7e1312cab-zenarolla-lisa-pdf?ext=.pdf&amp;v=20773" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27733/cig-b54499eb5e-lupieri-ing-daniele-pdf?ext=.pdf&amp;v=19917" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28631/cig-b48d49e800-soc-ma-s-srl-pdf?ext=.pdf&amp;v=20794" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28019/cig-b5ff846316-t-z-impianti-elettrici-s-n-c-pdf?ext=.pdf&amp;v=20192" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28155/cig-b65c268b51-gs-rilievi-srl-pdf?ext=.pdf&amp;v=20329" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28220/cig-b66f4bd661-serin-s-r-l-pdf?ext=.pdf&amp;v=20397" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28334/cig-b6e92313b9-mocchiutti-dott-geol-andrea-pdf?ext=.pdf&amp;v=20523" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28628/cig-b6f1d13fcc-fv-progettazione-impianti-di-valerio-fabrizio-pdf?ext=.pdf&amp;v=20791" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28375/cig-b707bcccba-unipoltech-s-p-a-pdf?ext=.pdf&amp;v=20553" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28523/cig-b736646fc8-db-srl-pdf?ext=.pdf&amp;v=20689" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28871/cig-b88edefd71-zambelli-domelin-ivano-pdf?ext=.pdf&amp;v=21019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29062/cig-b8b9ffc020-studio-tecnico-ing-federico-monutti-pdf?ext=.pdf&amp;v=21214" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29126/cig-b9192bab67-tsd-servizi-srl-pdf?ext=.pdf&amp;v=21264" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27734/cig-b526807fb6-wolters-kluwer-italia-srl-pdf?ext=.pdf&amp;v=19918" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27737/cig-b536176689-tecnoindagini-srl-pdf?ext=.pdf&amp;v=19921" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27814/cig-b55fee98f5-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=19996" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28016/cig-b5d2723943-studio-elettrotecnico-per-ind-martinig-roberto-pdf?ext=.pdf&amp;v=20189" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28153/cig-b62f452602-autolavaggio-bosco-srl-pdf?ext=.pdf&amp;v=20327" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28272/cig-b6c8cc9991-tuzzi-per-ind-michele-pdf?ext=.pdf&amp;v=20452" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28636/cig-b7668ee700-fv-progettazione-impianti-di-valerio-fabrizio-pdf?ext=.pdf&amp;v=20799" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28719/cig-b8059cefe5-geoconsult-srl-pdf?ext=.pdf&amp;v=20876" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28992/cig-b8dcfeb282-fondazione-villa-russiz-pdf?ext=.pdf&amp;v=21149" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27750/cig-b5696f848a-sirti-digital-solutions-spa-pdf?ext=.PDF&amp;v=19932" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27885/cig-b5b3e7eb40-durat-per-ind-ed-antonio-pdf?ext=.pdf&amp;v=20066" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28086/cig-b614dc4201-aisatec-s-c-r-l-pdf?ext=.pdf&amp;v=20263" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28237/cig-b6706cbc91-centro-controllo-materiali-edili-s-r-l-pdf?ext=.pdf&amp;v=20417" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28646/cig-b6e1a9e6b9-sicura-spa-pdf?ext=.pdf&amp;v=20814" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28587/cig-b754ca8001-digital4pro-srl-pdf?ext=.pdf&amp;v=20754" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28869/cig-b84c0d5d4f-nord-est-multimedia-spa-pdf?ext=.pdf&amp;v=21017" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28273/cig-b6d55558ad-rtcb-sas-di-comisso-claudio-c-pdf?ext=.pdf&amp;v=20453" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29124/cig-b91b2afa94-lgt-laboratorio-geotecnico-srl-pdf?ext=.pdf&amp;v=21262" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27821/cig-b5810a0b64-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28012/cig-b5c538bc69-mascherin-p-i-fabio-pdf?ext=.pdf&amp;v=20185" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28154/cig-b62f595090-autolavaggio-colautti-c-snc-pdf?ext=.pdf&amp;v=20328" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28465/cig-b764e89ef0-tach-marco-pdf?ext=.pdf&amp;v=20640" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28717/cig-b805f5f7da-e-farm-engineering-consulting-srl-pdf?ext=.pdf&amp;v=20874" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28221/cig-b620dcca1c-teamsystem-s-p-a-pdf?ext=.pdf&amp;v=20398" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28991/cig-b8bae04455-dea-societa-cooperativa-pdf?ext=.pdf&amp;v=21148" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27820/cig-b546e59af8-agriverde-piccola-societa-cooperativa-a-r-l-pdf?ext=.pdf&amp;v=20002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28024/cig-b59405296c-mads-associati-pdf?ext=.pdf&amp;v=20196" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28078/cig-b5ef0f141e-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20255" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28374/cig-b702cc0177-bodi-ing-germana-pdf?ext=.pdf&amp;v=20552" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28630/cig-b7a93114ca-studio-tecnico-associato-stf-pdf?ext=.pdf&amp;v=20793" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28525/cig-b777678541-durat-per-ed-ind-antonio-pdf?ext=.pdf&amp;v=20691" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27817/cig-b56da13519-tecnofab-di-sbrizzi-fabrizio-pdf?ext=.pdf&amp;v=19999" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28008/cig-b5b803dca1-srv-indagini-geologiche-s-r-l-pdf?ext=.pdf&amp;v=20181" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28159/cig-b63158b090-geoformula-s-r-l-pdf?ext=.pdf&amp;v=20333" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28232/cig-b6a61f2b46-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20412" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28718/cig-b836d0a560-colle-silvano-srl-pdf?ext=.pdf&amp;v=20875" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28990/cig-b8b9e03f5e-geoalpina-srl-pdf?ext=.pdf&amp;v=21147" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29189/cig-b981f2cdb0-mg-group-srl-pdf?ext=.pdf&amp;v=21327" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28467/cig-b75205b11d-we-do-spaces-srl-pdf?ext=.pdf&amp;v=20642" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27732/cig-b54499eb5e-globart-srl-pdf?ext=.pdf&amp;v=19916" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28633/cig-b49b2dce68-caproni-geol-francesco-pdf?ext=.pdf&amp;v=20796" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28020/cig-b608fc57d3-facau-cancelleria-srl-pdf?ext=.pdf&amp;v=20193" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28238/cig-b65744a474-studio-di-architettura-e-di-ingegneria-rigo-pdf?ext=.pdf&amp;v=20418" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28607/cig-b7e1312cab-zenarolla-lisa-pdf?ext=.pdf&amp;v=20773" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28946/cig-b8ca9e5fb9-am-maisano-srl-pdf?ext=.pdf&amp;v=21086" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27672/cig-b52102167c-generali-italia-spa-pdf?ext=.pdf&amp;v=19854" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28333/cig-b6dfc21dd3-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20522" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29066/cig-b918161a93-3c-compagnia-commercio-combustibili-sas-di-mugherli-srl-pdf?ext=.pdf&amp;v=21218" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29181/cig-b9a3a31dd0-unidea-srl-pdf?ext=.pdf&amp;v=21319" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27816/cig-b56d54b306-tecnoelettrica-copetti-pdf?ext=.pdf&amp;v=19998" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28009/cig-b5b847363b-caproni-geol-francesco-pdf?ext=.pdf&amp;v=20182" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28081/cig-b61fe459d6-geatti-arnaldo-srl-pdf?ext=.pdf&amp;v=20258" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28627/cig-b2df3797f9-fossaluzza-ing-anna-pdf?ext=.pdf&amp;v=20790" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28789/cig-b83f9c57cb-technoprove-s-r-l-pdf?ext=.pdf&amp;v=20944" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28234/cig-b6a612414a-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20414" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28949/cig-b8934b9832-danilo-soluzioni-edili-srl-pdf?ext=.pdf&amp;v=21089" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29186/cig-b94f5de1b5-generali-italia-spa-pdf?ext=.pdf&amp;v=21324" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27890/cig-b59f49f364-gs-rilievi-srl-pdf?ext=.pdf&amp;v=20071" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27889/cig-b49bb7cc82-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=20070" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28463/cig-b73d9f2464-arbortech-di-dovier-gabriele-pdf?ext=.pdf&amp;v=20638" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28647/cig-b7ddfc8974-agriverde-piccola-societa-cooperativa-a-rl-pdf?ext=.pdf&amp;v=20815" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28160/cig-b645987ccd-norma-s-r-l-pdf?ext=.pdf&amp;v=20334" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28635/cig-b6835e3b83-puntel-capellari-associati-ingegneria-pdf?ext=.pdf&amp;v=20798" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28334/cig-b6e92313b9-mocchiutti-dott-geol-andrea-pdf?ext=.pdf&amp;v=20523" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28788/cig-b86430b36d-puntel-capellari-associati-ingegneria-pdf?ext=.pdf&amp;v=20943" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29060/cig-b7fcf95f45-unipol-assicurazioni-spa-pdf?ext=.pdf&amp;v=21212" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27734/cig-b526807fb6-wolters-kluwer-italia-srl-pdf?ext=.pdf&amp;v=19918" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27892/cig-b565deb01e-studio-tecnico-associato-tea-pdf?ext=.pdf&amp;v=20073" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28522/cig-b77791e4c2-ds-engroup-srl-pdf?ext=.pdf&amp;v=20688" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28010/cig-b5bd9faa8d-di-martino-geom-maurizio-pdf?ext=.pdf&amp;v=20183" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28082/cig-b586bd7142-soc-ma-s-srl-pdf?ext=.pdf&amp;v=20259" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28274/cig-b6355478f1-ls-engineering-safety-srl-pdf?ext=.pdf&amp;v=20454" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28236/cig-b682a487c5-bozzetto-ing-vittorio-pdf?ext=.pdf&amp;v=20416" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28233/cig-b6a1455eda-studio-causero-spadetto-associati-pdf?ext=.pdf&amp;v=20413" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28868/cig-b79bbba08e-als-italia-srl-pdf?ext=.pdf&amp;v=21016" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28713/cig-b7a6943538-zigotti-ing-sante-pdf?ext=.pdf&amp;v=20870" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29122/cig-b8cbea81d1-nuova-tecnogest-srl?" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29065/cig-b90b85b6cb-ufficiostile-spa-pdf?ext=.pdf&amp;v=21217" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29184/cig-b9aa583e13-casa-della-chiave-di-barbetti-enrico-pdf?ext=.pdf&amp;v=21322" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29185/cig-b94f0d3855-generali-italia-spa-pdf?ext=.pdf&amp;v=21323" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27736/cig-b55082127b-4c-srl-pdf?ext=.pdf&amp;v=19920" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27818/cig-b544b3071d-studio-tecnico-romanin-ing-pierangelo-pdf?ext=.pdf&amp;v=20000" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28007/cig-b5b4ad6af7-malusa-domenico-pdf?ext=.pdf&amp;v=20180" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28634/cig-b74b997310-soc-ma-s-srl-pdf?ext=.pdf&amp;v=20797" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27887/cig-b48cb04b97-s-a-e-di-andrea-scrignaro-sas-pdf?ext=.pdf&amp;v=20068" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28013/cig-b5ca1299a8-truant-associati-s-n-c-pdf?ext=.pdf&amp;v=20186" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28080/cig-b60ced84c1-serin-s-r-l-pdf?ext=.pdf&amp;v=20257" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28222/cig-b67652be07-3dgis-s-r-l-pdf?ext=.pdf&amp;v=20399" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28372/cig-b6f8930797-coram-servizi-imprese-s-r-l-pdf?ext=.pdf&amp;v=20550" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28524/cig-b724361209-safety21-spa-pdf?ext=.pdf&amp;v=20690" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28520/cig-b777f3e01-arch-de-pita-luca-pdf?ext=.pdf&amp;v=20686" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28867/cig-b7afcda0be-celegato-srl-pdf?ext=.pdf&amp;v=21015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28790/cig-b868147eea-generali-italia-spa-pdf?ext=.pdf&amp;v=20945" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28872/cig-b8981c9044-mollo-servizi-srl-pdf?ext=.pdf&amp;v=21020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29128/cig-b96237b7e2-romanin-giovanni-pdf?ext=.pdf&amp;v=21266" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27729/cig-b51d675ed6-r3-gis-s-r-l-pdf?ext=.pdf&amp;v=19913" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28154/cig-b62f595090-autolavaggio-colautti-c-snc-pdf?ext=.pdf&amp;v=20328" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28518/cig-b6edfdaa09-novarin-ing-alberto-studio-novarin-sas-pdf?ext=.pdf&amp;v=20684" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29180/cig-b8fca2c8a1-architettura-e-rilievo-studio-associato-pdf?ext=.pdf&amp;v=21318" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27669/cig-b4fdabb19d-geoformula-s-r-l-pdf?ext=.pdf&amp;v=19851" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27884/cig-b5ab227b5a-de-cillia-ing-francesco-pdf?ext=.pdf&amp;v=20065" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27815/cig-b56d7eacbd-filiputti-gabrio-pdf?ext=.pdf&amp;v=19997" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27893/cig-b584e7a607-gs-rilievi-srl-pdf?ext=.pdf&amp;v=20074" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28015/cig-b5d5b0bedc-gaiambiente-s-r-l-pdf?ext=.pdf&amp;v=20188" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28231/cig-b639146b96-ge-road-srl-pdf?ext=.pdf&amp;v=20411" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28271/cig-b6be6b6d13-lyreco-italia-srl-pdf?ext=.pdf&amp;v=20451" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28464/cig-b74c3627e6-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20639" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28588/cig-b7594cb772-cooprogetti-s-c-r-l-pdf?ext=.pdf&amp;v=20755" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28714/cig-b7cc494491-boschiva-f-lli-valentini-srl-pdf?ext=.pdf&amp;v=20871" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28716/cig-b80d02474e-bdp-studio-srls-pdf?ext=.pdf&amp;v=20873" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29063/cig-b8fa7871b5-studio-tecnico-geom-stefano-martellossi-pdf?ext=.pdf&amp;v=21215" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29183/cig-b9aa9bfc9f-spiga-srl-pdf?ext=.pdf&amp;v=21321" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28637/cig-b586793c19-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20800" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28335/cig-b68593f976-asc-studio-tecnico-dell-ing-fabrizio-cancian-pdf?ext=.pdf&amp;v=20524" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28948/cig-b87b008613-mocchiutti-dott-geol-andrea-pdf?ext=.pdf&amp;v=21088" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29190/cig-b981772d64-agriverde-piccola-societa-cooperativa-a-rl-pdf?ext=.pdf&amp;v=21328" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27891/cig-b546bb5d1d-tecno-cad-progetti-s-a-s-di-romanin-pierangelo-c-pdf?ext=.pdf&amp;v=20072" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27730/cig-b54fde82dd-fadalti-ing-pieralberto-pdf?ext=.pdf&amp;v=19914" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28631/cig-b48d49e800-soc-ma-s-srl-pdf?ext=.pdf&amp;v=20794" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27888/cig-b48dfd3793-caproni-geol-francesco-pdf?ext=.pdf&amp;v=20069" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28086/cig-b614dc4201-aisatec-s-c-r-l-pdf?ext=.pdf&amp;v=20263" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28165/cig-b66ebecfd5-de-mezzo-antonio-pdf?ext=.pdf&amp;v=20340" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28377/cig-b7143f16d8-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=20555" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28638/cig-b721420346-de-mezzo-antonio-pdf?ext=.pdf&amp;v=20801" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28586/cig-b7a6840f79-s-i-o-s-s-s-r-l-pdf?ext=.pdf&amp;v=20753" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28947/cig-b86b41d26c-studio-cappella-srl-pdf?ext=.pdf&amp;v=21087" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29123/cig-b91a22ebff-iwim-srl-pdf?ext=.pdf&amp;v=21261" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27731/cig-b5398caf07-crowe-bompani-advisory-srl-pdf?ext=.pdf&amp;v=19915" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28019/cig-b5ff846316-t-z-impianti-elettrici-s-n-c-pdf?ext=.pdf&amp;v=20192" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28156/cig-b656a1ef8d-simonetti-danilo-pdf?ext=.pdf&amp;v=20330" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28462/cig-b6cf43c808-geoformula-s-r-l-pdf?ext=.pdf&amp;v=20637" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28373/cig-b6fab8a0a3-zambelli-domelin-ivano-pdf?ext=.pdf&amp;v=20551" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28650/cig-b7902fedf2-studio-chiappini-ing-alberto-pdf?ext=.pdf&amp;v=20818" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28870/cig-b86cfec534-pomodoro-maurizio-pdf?ext=.pdf&amp;v=21018" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29061/cig-b8a4909d62-son-geo-srl-pdf?ext=.pdf&amp;v=21213" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27670/cig-b49d1c6143-tarantino-dott-ing-ascanio-pdf?ext=.pdf&amp;v=19852" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28648/cig-b587a7406e-stanic-luigi-pdf?ext=.pdf&amp;v=20816" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28011/cig-b5c6bf62e9-bodi-ing-germana-pdf?ext=.pdf&amp;v=20184" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28158/cig-b6357f0aeb-ecorat-di-cattelan-fabio-pdf?ext=.pdf&amp;v=20332" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28526/cig-b780122322-ls-nord-srl-pdf?ext=.pdf&amp;v=20692" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28715/cig-b7d618ffea-caprioli-arch-david-pdf?ext=.pdf&amp;v=20872" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29064/cig-b89e43ce6c-in-situ-srl-pdf?ext=.pdf&amp;v=21216" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27819/cig-b546ae517b-de-cillia-ing-francesco-pdf?ext=.pdf&amp;v=20001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28022/cig-b592536a5a-cooprogetti-s-c-r-l-pdf?ext=.pdf&amp;v=20194" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28157/cig-b6028e41da-edenred-italia-srl-pdf?ext=.pdf&amp;v=20331" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28235/cig-b6a6186229-i-c-m-s-r-l-pdf?ext=.pdf&amp;v=20415" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28272/cig-b6c8cc9991-tuzzi-per-ind-michele-pdf?ext=.pdf&amp;v=20452" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28521/cig-b75955cf18-dea-societa-cooperativa-pdf?ext=.pdf&amp;v=20687" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28649/cig-b805bf34f5-friuli-antincendi-srl-pdf?ext=.pdf&amp;v=20817" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29125/cig-b91bbf51ad-zigotti-ing-sante-pdf?ext=.pdf&amp;v=21263" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29187/cig-b98fb1de0b-drivevolve-srl-pdf?ext=.pdf&amp;v=21325" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29323/cig-b9acd8a62d-prog-system-studio-professionale-associato-pdf?ext=.pdf&amp;v=21458" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27735/cig-b546997dd7-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=19919" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27885/cig-b5b3e7eb40-durat-per-ind-ed-antonio-pdf?ext=.pdf&amp;v=20066" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28018/cig-b5ff16cba1-studio-tecnico-pastrovicchio-alessandro-pdf?ext=.pdf&amp;v=20191" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28376/cig-b735bf8ed6-tecnoelettrica-copetti-pdf?ext=.pdf&amp;v=20554" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28606/cig-b7e56bc33f-mio-walter-eredi-di-mio-paolo-pdf?ext=.pdf&amp;v=20772" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27733/cig-b54499eb5e-lupieri-ing-daniele-pdf?ext=.pdf&amp;v=19917" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28632/cig-b48dc2b32b-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=20795" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28014/cig-b5cf43a618-dataconsec-srl-pdf?ext=.pdf&amp;v=20187" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28155/cig-b65c268b51-gs-rilievi-srl-pdf?ext=.pdf&amp;v=20329" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28237/cig-b6706cbc91-centro-controllo-materiali-edili-s-r-l-pdf?ext=.pdf&amp;v=20417" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28629/cig-b6f092c349-archest-srl-pdf?ext=.pdf&amp;v=20792" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28628/cig-b6f1d13fcc-fv-progettazione-impianti-di-valerio-fabrizio-pdf?ext=.pdf&amp;v=20791" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28375/cig-b707bcccba-unipoltech-s-p-a-pdf?ext=.pdf&amp;v=20553" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28523/cig-b736646fc8-db-srl-pdf?ext=.pdf&amp;v=20689" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28871/cig-b88edefd71-zambelli-domelin-ivano-pdf?ext=.pdf&amp;v=21019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29062/cig-b8b9ffc020-studio-tecnico-ing-federico-monutti-pdf?ext=.pdf&amp;v=21214" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29127/cig-b94351e1c0-illuxia-srl-pdf?ext=.pdf&amp;v=21265" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29191/cig-b982917cf0-atec-engineering-srl-pdf?ext=.pdf&amp;v=21329" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27671/cig-b5215a213c-generali-italia-spa-pdf?ext=.pdf&amp;v=19853" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27737/cig-b536176689-tecnoindagini-srl-pdf?ext=.pdf&amp;v=19921" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29322/cig-b9aad476a2-inaz-srl-societa-unipersonale-pdf?ext=.pdf&amp;v=21457" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27814/cig-b55fee98f5-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=19996" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28016/cig-b5d2723943-studio-elettrotecnico-per-ind-martinig-roberto-pdf?ext=.pdf&amp;v=20189" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28153/cig-b62f452602-autolavaggio-bosco-srl-pdf?ext=.pdf&amp;v=20327" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28332/cig-b6c9c884c2-edilverde-s-r-l-pdf?ext=.pdf&amp;v=20521" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28636/cig-b7668ee700-fv-progettazione-impianti-di-valerio-fabrizio-pdf?ext=.pdf&amp;v=20799" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28719/cig-b8059cefe5-geoconsult-srl-pdf?ext=.pdf&amp;v=20876" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28992/cig-b8dcfeb282-fondazione-villa-russiz-pdf?ext=.pdf&amp;v=21149" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29188/cig-b949ff3ad9-chubb-european-group-se-pdf?ext=.pdf&amp;v=21326" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27750/cig-b5696f848a-sirti-digital-solutions-spa-pdf?ext=.PDF&amp;v=19932" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27886/cig-b5b6828d1c-geoformula-s-r-l-pdf?ext=.pdf&amp;v=20067" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28017/cig-b5e9965526-vi-pe-s-r-l-pdf?ext=.pdf&amp;v=20190" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28220/cig-b66f4bd661-serin-s-r-l-pdf?ext=.pdf&amp;v=20397" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28374/cig-b702cc0177-bodi-ing-germana-pdf?ext=.pdf&amp;v=20552" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28587/cig-b754ca8001-digital4pro-srl-pdf?ext=.pdf&amp;v=20754" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28873/cig-b847255593-nord-est-multimedia-spa-pdf?ext=.pdf&amp;v=21021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28273/cig-b6d55558ad-rtcb-sas-di-comisso-claudio-c-pdf?ext=.pdf&amp;v=20453" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29126/cig-b9192bab67-tsd-servizi-srl-pdf?ext=.pdf&amp;v=21264" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27821/cig-b5810a0b64-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28012/cig-b5c538bc69-mascherin-p-i-fabio-pdf?ext=.pdf&amp;v=20185" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28152/cig-b62f810c91-tiemme-service-sas-di-tribos-daniele-s-c-pdf?ext=.pdf&amp;v=20326" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28465/cig-b764e89ef0-tach-marco-pdf?ext=.pdf&amp;v=20640" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28717/cig-b805f5f7da-e-farm-engineering-consulting-srl-pdf?ext=.pdf&amp;v=20874" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28221/cig-b620dcca1c-teamsystem-s-p-a-pdf?ext=.pdf&amp;v=20398" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28991/cig-b8bae04455-dea-societa-cooperativa-pdf?ext=.pdf&amp;v=21148" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29182/cig-b9a9e04e77-cudizio-massimo-pdf?ext=.pdf&amp;v=21320" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27820/cig-b546e59af8-agriverde-piccola-societa-cooperativa-a-r-l-pdf?ext=.pdf&amp;v=20002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28024/cig-b59405296c-mads-associati-pdf?ext=.pdf&amp;v=20196" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28078/cig-b5ef0f141e-l-g-t-laboratorio-geotecnico-s-r-l-pdf?ext=.pdf&amp;v=20255" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28646/cig-b6e1a9e6b9-sicura-spa-pdf?ext=.pdf&amp;v=20814" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28630/cig-b7a93114ca-studio-tecnico-associato-stf-pdf?ext=.pdf&amp;v=20793" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28151/cig-b62f70a45e-dbm-srl-pdf?ext=.pdf&amp;v=20325" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28519/cig-b6ee0e0241-novarin-ing-alberto-studio-novarin-sas-pdf?ext=.pdf&amp;v=20685" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28869/cig-b84c0d5d4f-nord-est-multimedia-spa-pdf?ext=.pdf&amp;v=21017" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29124/cig-b91b2afa94-lgt-laboratorio-geotecnico-srl-pdf?ext=.pdf&amp;v=21262" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r27749/cig-b49b91944e-de-prato-giovanni-battista-pdf?ext=.pdf&amp;v=19931" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28006/cig-b5a119057d-we-do-spaces-srl-pdf?ext=.pdf&amp;v=20179" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28079/cig-b5f4b14635-archest-s-r-l-pdf?ext=.pdf&amp;v=20256" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28466/cig-b7651bf549-ve-sim-s-r-l-pdf?ext=.pdf&amp;v=20641" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H168"/>
+  <dimension ref="A1:H182"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
-      <selection activeCell="G1" sqref="G1:H1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A175" workbookViewId="0">
+      <selection activeCell="D193" sqref="D193"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.81640625" style="6" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="16.6328125" style="6" customWidth="1"/>
+    <col min="1" max="1" width="13.85546875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="11" style="6" customWidth="1"/>
+    <col min="3" max="3" width="16.85546875" style="6" customWidth="1"/>
+    <col min="4" max="4" width="92.28515625" style="10" customWidth="1"/>
+    <col min="5" max="5" width="16" style="6" customWidth="1"/>
+    <col min="6" max="6" width="32.5703125" style="15" customWidth="1"/>
+    <col min="7" max="7" width="13.85546875" style="6" customWidth="1"/>
+    <col min="8" max="8" width="17" style="6" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="11" t="s">
-        <v>640</v>
+        <v>693</v>
       </c>
       <c r="F1" s="12" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A2" s="2">
         <v>45659</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="13" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="16">
         <v>2705.19</v>
       </c>
       <c r="H2" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="117" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:8" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A3" s="2">
         <v>45664</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="16">
         <v>57361.18</v>
       </c>
       <c r="H3" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
         <v>45666</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="16">
         <v>5400</v>
       </c>
       <c r="H4" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>45667</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="F5" s="13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G5" s="16">
-        <v>4500</v>
+        <v>1512.5</v>
       </c>
       <c r="H5" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>45667</v>
       </c>
       <c r="B6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G6" s="16">
-        <v>1512.5</v>
+        <v>5094</v>
       </c>
       <c r="H6" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>45667</v>
       </c>
       <c r="B7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="D7" s="8" t="s">
+      <c r="E7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E7" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="16">
-        <v>5094</v>
+        <v>4500</v>
       </c>
       <c r="H7" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>45673</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="16">
         <v>11106</v>
       </c>
       <c r="H8" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>45674</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="G9" s="16">
         <v>36300</v>
       </c>
       <c r="H9" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <v>45677</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F10" s="13" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="16">
         <v>94960.8</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>45681</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="16">
         <v>3640</v>
       </c>
       <c r="H11" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <v>45681</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>51</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="16">
         <v>4800</v>
       </c>
       <c r="H12" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>45684</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="13" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="16">
         <v>4250</v>
       </c>
       <c r="H13" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
         <v>45685</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="13" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="16">
         <v>5000</v>
       </c>
       <c r="H14" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>45686</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="13" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="16">
         <v>22880</v>
       </c>
       <c r="H15" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A16" s="2">
         <v>45686</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="13" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="16">
         <v>6000</v>
       </c>
       <c r="H16" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="17" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>45687</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>72</v>
       </c>
       <c r="G17" s="16">
         <v>139717.94</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="18" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A18" s="2">
         <v>45691</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>76</v>
       </c>
       <c r="G18" s="16">
         <v>8000</v>
       </c>
       <c r="H18" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <v>45691</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>78</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>80</v>
       </c>
       <c r="G19" s="16">
         <v>3300</v>
       </c>
       <c r="H19" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="20" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A20" s="2">
         <v>45691</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>84</v>
       </c>
       <c r="G20" s="16">
-        <v>15000</v>
+        <v>8369.6200000000008</v>
       </c>
       <c r="H20" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="21" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A21" s="2">
         <v>45691</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>86</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>88</v>
       </c>
       <c r="G21" s="16">
-        <v>8369.6200000000008</v>
+        <v>15000</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="22" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A22" s="2">
         <v>45692</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>91</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>92</v>
       </c>
       <c r="G22" s="16">
-        <v>36684.6</v>
+        <v>4890</v>
       </c>
       <c r="H22" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A23" s="2">
         <v>45692</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>96</v>
       </c>
       <c r="G23" s="16">
-        <v>4890</v>
+        <v>4724</v>
       </c>
       <c r="H23" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A24" s="2">
         <v>45692</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>98</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>99</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>100</v>
       </c>
       <c r="G24" s="16">
-        <v>4724</v>
+        <v>36684.6</v>
       </c>
       <c r="H24" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A25" s="2">
         <v>45694</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>102</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F25" s="13" t="s">
         <v>104</v>
       </c>
       <c r="G25" s="16">
         <v>1311</v>
       </c>
       <c r="H25" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="26" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A26" s="2">
         <v>45698</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>106</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F26" s="13" t="s">
         <v>108</v>
       </c>
       <c r="G26" s="16">
         <v>4800</v>
       </c>
       <c r="H26" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A27" s="2">
         <v>45699</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>110</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>111</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="13" t="s">
         <v>68</v>
       </c>
       <c r="G27" s="16">
         <v>101000</v>
       </c>
       <c r="H27" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="28" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A28" s="2">
         <v>45699</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>115</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F28" s="13" t="s">
         <v>68</v>
       </c>
       <c r="G28" s="16">
         <v>4000</v>
       </c>
       <c r="H28" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A29" s="2">
         <v>45701</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>117</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>118</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>119</v>
       </c>
       <c r="G29" s="16">
         <v>4490.45</v>
       </c>
       <c r="H29" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A30" s="2">
         <v>45706</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>121</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>122</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="13" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="G30" s="16">
-        <v>5617.75</v>
+        <v>1400</v>
       </c>
       <c r="H30" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="31" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A31" s="2">
         <v>45706</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>124</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F31" s="13" t="s">
         <v>126</v>
       </c>
       <c r="G31" s="16">
-        <v>3480.43</v>
+        <v>15602</v>
       </c>
       <c r="H31" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="32" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A32" s="2">
         <v>45706</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>128</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>129</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="13" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
       <c r="G32" s="16">
-        <v>15602</v>
+        <v>5617.75</v>
       </c>
       <c r="H32" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A33" s="2">
         <v>45706</v>
       </c>
       <c r="B33" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C33" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C33" s="3" t="s">
+      <c r="D33" s="8" t="s">
         <v>132</v>
       </c>
-      <c r="D33" s="8" t="s">
+      <c r="E33" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" s="13" t="s">
         <v>133</v>
       </c>
-      <c r="E33" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G33" s="16">
-        <v>1400</v>
+        <v>3480.43</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="34" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A34" s="2">
         <v>45706</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>135</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="13" t="s">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="G34" s="16">
-        <v>3800.16</v>
+        <v>6196.95</v>
       </c>
       <c r="H34" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A35" s="2">
         <v>45706</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>138</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>139</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="13" t="s">
-        <v>11</v>
+        <v>140</v>
       </c>
       <c r="G35" s="16">
-        <v>6196.95</v>
+        <v>20300</v>
       </c>
       <c r="H35" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="36" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A36" s="2">
         <v>45706</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F36" s="13" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="G36" s="16">
-        <v>20300</v>
+        <v>3800.16</v>
       </c>
       <c r="H36" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="117" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A37" s="2">
         <v>45708</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>145</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>146</v>
       </c>
       <c r="E37" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F37" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="F37" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="16">
-        <v>20099.88</v>
+        <v>18617.38</v>
       </c>
       <c r="H37" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="38" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:8" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A38" s="2">
         <v>45708</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>149</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>150</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>29</v>
+        <v>151</v>
       </c>
       <c r="F38" s="13" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="G38" s="16">
-        <v>18617.38</v>
+        <v>20099.88</v>
       </c>
       <c r="H38" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="39" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A39" s="2">
         <v>45712</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>153</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>154</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F39" s="13" t="s">
         <v>155</v>
       </c>
       <c r="G39" s="16">
         <v>8088.22</v>
       </c>
       <c r="H39" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="40" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A40" s="2">
         <v>45713</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>157</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>158</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F40" s="13" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="G40" s="16">
-        <v>2700</v>
+        <v>91326.94</v>
       </c>
       <c r="H40" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="41" spans="1:8" ht="91" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A41" s="2">
         <v>45713</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>162</v>
+        <v>10</v>
       </c>
       <c r="F41" s="13" t="s">
-        <v>163</v>
+        <v>56</v>
       </c>
       <c r="G41" s="16">
-        <v>17256.8</v>
+        <v>2700</v>
       </c>
       <c r="H41" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="42" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A42" s="2">
         <v>45713</v>
       </c>
       <c r="B42" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C42" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C42" s="3" t="s">
+      <c r="D42" s="8" t="s">
         <v>165</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="E42" s="3" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>167</v>
       </c>
       <c r="G42" s="16">
-        <v>91326.94</v>
+        <v>17256.8</v>
       </c>
       <c r="H42" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="43" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A43" s="2">
         <v>45715</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>169</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>170</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F43" s="13" t="s">
         <v>171</v>
       </c>
       <c r="G43" s="16">
         <v>48000</v>
       </c>
       <c r="H43" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="44" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A44" s="2">
         <v>45715</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>173</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>174</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F44" s="13" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="G44" s="16">
         <v>48000</v>
       </c>
       <c r="H44" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="45" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A45" s="2">
         <v>45715</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>176</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>177</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F45" s="13" t="s">
         <v>178</v>
       </c>
       <c r="G45" s="16">
         <v>9900</v>
       </c>
       <c r="H45" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="46" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A46" s="2">
         <v>45716</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>180</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>181</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F46" s="13" t="s">
         <v>182</v>
       </c>
       <c r="G46" s="16">
         <v>84709</v>
       </c>
       <c r="H46" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="47" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A47" s="2">
         <v>45719</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>184</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>185</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>186</v>
       </c>
       <c r="G47" s="16">
         <v>13317.56</v>
       </c>
       <c r="H47" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="48" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A48" s="2">
         <v>45720</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>188</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>189</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>190</v>
       </c>
       <c r="G48" s="16">
         <v>1800</v>
       </c>
       <c r="H48" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="49" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A49" s="2">
         <v>45720</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>192</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>193</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="13" t="s">
         <v>194</v>
       </c>
       <c r="G49" s="16">
         <v>4211.7</v>
       </c>
       <c r="H49" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="50" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A50" s="2">
         <v>45723</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>196</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>197</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F50" s="13" t="s">
         <v>198</v>
       </c>
       <c r="G50" s="16">
         <v>15498.19</v>
       </c>
       <c r="H50" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="51" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A51" s="2">
         <v>45727</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>200</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>201</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F51" s="13" t="s">
         <v>202</v>
       </c>
       <c r="G51" s="16">
         <v>52605.919999999998</v>
       </c>
       <c r="H51" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="52" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A52" s="2">
         <v>45728</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>204</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>205</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="13" t="s">
         <v>206</v>
       </c>
       <c r="G52" s="16">
-        <v>1200</v>
+        <v>15085</v>
       </c>
       <c r="H52" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="53" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A53" s="2">
         <v>45728</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>208</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>209</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F53" s="13" t="s">
         <v>210</v>
       </c>
       <c r="G53" s="16">
-        <v>15085</v>
+        <v>5000</v>
       </c>
       <c r="H53" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="54" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A54" s="2">
         <v>45728</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>212</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>213</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="13" t="s">
         <v>214</v>
       </c>
       <c r="G54" s="16">
-        <v>5000</v>
+        <v>1200</v>
       </c>
       <c r="H54" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="55" spans="1:8" ht="91" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A55" s="2">
         <v>45729</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>216</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>217</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F55" s="13" t="s">
         <v>218</v>
       </c>
       <c r="G55" s="16">
         <v>39950</v>
       </c>
       <c r="H55" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="56" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A56" s="2">
         <v>45730</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>220</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>221</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F56" s="13" t="s">
         <v>222</v>
       </c>
       <c r="G56" s="16">
         <v>117572.74</v>
       </c>
       <c r="H56" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="57" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A57" s="2">
         <v>45734</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>224</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>225</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F57" s="13" t="s">
         <v>226</v>
       </c>
       <c r="G57" s="16">
-        <v>4300</v>
+        <v>7680</v>
       </c>
       <c r="H57" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="58" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A58" s="2">
         <v>45734</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>228</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>229</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F58" s="13" t="s">
         <v>230</v>
       </c>
       <c r="G58" s="16">
-        <v>10000</v>
+        <v>4300</v>
       </c>
       <c r="H58" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="59" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A59" s="2">
         <v>45734</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>232</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>233</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="13" t="s">
         <v>234</v>
       </c>
       <c r="G59" s="16">
-        <v>7680</v>
+        <v>10000</v>
       </c>
       <c r="H59" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="60" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A60" s="2">
         <v>45736</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>236</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>237</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F60" s="13" t="s">
         <v>68</v>
       </c>
       <c r="G60" s="16">
         <v>7002.67</v>
       </c>
       <c r="H60" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="61" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A61" s="2">
         <v>45736</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>239</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F61" s="13" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G61" s="16">
         <v>5789.41</v>
       </c>
       <c r="H61" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="62" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A62" s="2">
         <v>45743</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>242</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>243</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="F62" s="13" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="G62" s="16">
-        <v>5819.26</v>
+        <v>20640</v>
       </c>
       <c r="H62" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="63" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A63" s="2">
         <v>45743</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="F63" s="13" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G63" s="16">
-        <v>20640</v>
+        <v>128800</v>
       </c>
       <c r="H63" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="64" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A64" s="2">
         <v>45743</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="F64" s="13" t="s">
-        <v>251</v>
+        <v>17</v>
       </c>
       <c r="G64" s="16">
-        <v>128800</v>
+        <v>5819.26</v>
       </c>
       <c r="H64" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="65" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A65" s="2">
         <v>45743</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>253</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>254</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F65" s="13" t="s">
         <v>255</v>
       </c>
       <c r="G65" s="16">
         <v>25000</v>
       </c>
       <c r="H65" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="66" spans="1:8" ht="104" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A66" s="2">
         <v>45747</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>257</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>258</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="F66" s="13" t="s">
         <v>259</v>
       </c>
       <c r="G66" s="16">
-        <v>30252.07</v>
+        <v>7767.64</v>
       </c>
       <c r="H66" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="67" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:8" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A67" s="2">
         <v>45747</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>261</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>262</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="F67" s="13" t="s">
         <v>263</v>
       </c>
       <c r="G67" s="16">
-        <v>7767.64</v>
+        <v>30252.07</v>
       </c>
       <c r="H67" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="68" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A68" s="2">
         <v>45749</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>265</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>266</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F68" s="13" t="s">
         <v>267</v>
       </c>
       <c r="G68" s="16">
         <v>3260</v>
       </c>
       <c r="H68" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="69" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A69" s="2">
         <v>45750</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>269</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>270</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>271</v>
       </c>
       <c r="G69" s="16">
         <v>4500</v>
       </c>
       <c r="H69" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="70" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A70" s="2">
         <v>45750</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>273</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>274</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>275</v>
       </c>
       <c r="G70" s="16">
         <v>4500</v>
       </c>
       <c r="H70" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="71" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A71" s="2">
         <v>45750</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>277</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>278</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="13" t="s">
         <v>279</v>
       </c>
       <c r="G71" s="16">
         <v>4500</v>
       </c>
       <c r="H71" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="72" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A72" s="2">
         <v>45750</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>281</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>282</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F72" s="13" t="s">
         <v>283</v>
       </c>
       <c r="G72" s="16">
         <v>4500</v>
       </c>
       <c r="H72" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="73" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A73" s="2">
         <v>45751</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>285</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>286</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>287</v>
       </c>
       <c r="G73" s="16">
         <v>800</v>
       </c>
       <c r="H73" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="74" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A74" s="2">
         <v>45755</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>289</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>290</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>56</v>
       </c>
       <c r="G74" s="16">
         <v>3712</v>
       </c>
       <c r="H74" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="75" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A75" s="2">
         <v>45756</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>292</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>293</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F75" s="13" t="s">
         <v>294</v>
       </c>
       <c r="G75" s="16">
         <v>12125.82</v>
       </c>
       <c r="H75" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="76" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A76" s="2">
         <v>45757</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>296</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>297</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F76" s="13" t="s">
         <v>298</v>
       </c>
       <c r="G76" s="16">
         <v>25000</v>
       </c>
       <c r="H76" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="77" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A77" s="2">
         <v>45758</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>300</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>301</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F77" s="13" t="s">
         <v>302</v>
       </c>
       <c r="G77" s="16">
         <v>24000</v>
       </c>
       <c r="H77" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="78" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A78" s="2">
         <v>45761</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>304</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>305</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F78" s="13" t="s">
         <v>306</v>
       </c>
       <c r="G78" s="16">
         <v>2470</v>
       </c>
       <c r="H78" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="79" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A79" s="2">
         <v>45762</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>308</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>309</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F79" s="13" t="s">
-        <v>222</v>
+        <v>310</v>
       </c>
       <c r="G79" s="16">
-        <v>32762.48</v>
+        <v>8806.67</v>
       </c>
       <c r="H79" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="80" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A80" s="2">
         <v>45762</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F80" s="13" t="s">
-        <v>313</v>
+        <v>222</v>
       </c>
       <c r="G80" s="16">
-        <v>8806.67</v>
+        <v>32762.48</v>
       </c>
       <c r="H80" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="81" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A81" s="2">
         <v>45763</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>315</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>316</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F81" s="13" t="s">
         <v>317</v>
       </c>
       <c r="G81" s="16">
         <v>1950</v>
       </c>
       <c r="H81" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="82" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A82" s="2">
         <v>45769</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>319</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>320</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>321</v>
       </c>
       <c r="G82" s="16">
         <v>14000</v>
       </c>
       <c r="H82" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="83" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A83" s="2">
         <v>45771</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>323</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>324</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F83" s="13" t="s">
         <v>325</v>
       </c>
       <c r="G83" s="16">
         <v>10196.66</v>
       </c>
       <c r="H83" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="84" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A84" s="2">
         <v>45777</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>327</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>328</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F84" s="13" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="G84" s="16">
         <v>32938.14</v>
       </c>
       <c r="H84" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="85" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A85" s="2">
         <v>45777</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>330</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>331</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F85" s="13" t="s">
-        <v>332</v>
+        <v>244</v>
       </c>
       <c r="G85" s="16">
-        <v>5323.86</v>
+        <v>26263.41</v>
       </c>
       <c r="H85" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="86" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A86" s="2">
         <v>45777</v>
       </c>
       <c r="B86" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C86" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="C86" s="3" t="s">
+      <c r="D86" s="8" t="s">
         <v>334</v>
       </c>
-      <c r="D86" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="3" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="F86" s="13" t="s">
-        <v>247</v>
+        <v>68</v>
       </c>
       <c r="G86" s="16">
-        <v>26263.41</v>
+        <v>14920.78</v>
       </c>
       <c r="H86" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="87" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A87" s="2">
         <v>45777</v>
       </c>
       <c r="B87" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C87" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="C87" s="3" t="s">
+      <c r="D87" s="8" t="s">
         <v>337</v>
       </c>
-      <c r="D87" s="8" t="s">
+      <c r="E87" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F87" s="13" t="s">
         <v>338</v>
       </c>
-      <c r="E87" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G87" s="16">
-        <v>14920.78</v>
+        <v>5323.86</v>
       </c>
       <c r="H87" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="88" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A88" s="2">
         <v>45783</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>340</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>341</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F88" s="13" t="s">
         <v>342</v>
       </c>
       <c r="G88" s="16">
         <v>1854.94</v>
       </c>
       <c r="H88" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="89" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A89" s="2">
         <v>45786</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>344</v>
       </c>
       <c r="D89" s="8" t="s">
         <v>345</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F89" s="13" t="s">
         <v>346</v>
       </c>
       <c r="G89" s="16">
-        <v>38848</v>
+        <v>1683.71</v>
       </c>
       <c r="H89" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="90" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A90" s="2">
         <v>45786</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>348</v>
       </c>
       <c r="D90" s="8" t="s">
         <v>349</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F90" s="13" t="s">
         <v>350</v>
       </c>
       <c r="G90" s="16">
-        <v>1683.71</v>
+        <v>38848</v>
       </c>
       <c r="H90" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="91" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A91" s="2">
         <v>45790</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>352</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>353</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F91" s="13" t="s">
         <v>354</v>
       </c>
       <c r="G91" s="16">
         <v>10281</v>
       </c>
       <c r="H91" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="92" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A92" s="2">
         <v>45793</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>356</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>357</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F92" s="13" t="s">
-        <v>17</v>
+        <v>358</v>
       </c>
       <c r="G92" s="16">
-        <v>3192.93</v>
+        <v>27227.200000000001</v>
       </c>
       <c r="H92" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="93" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A93" s="2">
         <v>45793</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>359</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>360</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F93" s="13" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="G93" s="16">
         <v>27227.200000000001</v>
       </c>
       <c r="H93" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="94" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A94" s="2">
         <v>45793</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>362</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>363</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F94" s="13" t="s">
-        <v>361</v>
+        <v>17</v>
       </c>
       <c r="G94" s="16">
-        <v>27227.200000000001</v>
+        <v>3192.93</v>
       </c>
       <c r="H94" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="95" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A95" s="2">
         <v>45797</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>365</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>366</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F95" s="13" t="s">
-        <v>367</v>
+        <v>198</v>
       </c>
       <c r="G95" s="16">
-        <v>2906</v>
+        <v>30091.279999999999</v>
       </c>
       <c r="H95" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="96" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A96" s="2">
         <v>45797</v>
       </c>
       <c r="B96" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C96" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="C96" s="3" t="s">
+      <c r="D96" s="8" t="s">
         <v>369</v>
       </c>
-      <c r="D96" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E96" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="13" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="G96" s="16">
         <v>10768.5</v>
       </c>
       <c r="H96" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="97" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A97" s="2">
         <v>45797</v>
       </c>
       <c r="B97" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C97" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="C97" s="3" t="s">
+      <c r="D97" s="8" t="s">
         <v>372</v>
       </c>
-      <c r="D97" s="8" t="s">
+      <c r="E97" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F97" s="13" t="s">
         <v>373</v>
       </c>
-      <c r="E97" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G97" s="16">
-        <v>30091.279999999999</v>
+        <v>2906</v>
       </c>
       <c r="H97" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="98" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A98" s="2">
         <v>45799</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>375</v>
       </c>
       <c r="D98" s="8" t="s">
         <v>376</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="13" t="s">
         <v>377</v>
       </c>
       <c r="G98" s="16">
         <v>50174</v>
       </c>
       <c r="H98" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="99" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A99" s="2">
         <v>45800</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>379</v>
       </c>
       <c r="D99" s="8" t="s">
         <v>380</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F99" s="13" t="s">
         <v>381</v>
       </c>
       <c r="G99" s="16">
         <v>3502.55</v>
       </c>
       <c r="H99" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="100" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A100" s="2">
         <v>45806</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>383</v>
       </c>
       <c r="D100" s="8" t="s">
         <v>384</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F100" s="13" t="s">
         <v>385</v>
       </c>
       <c r="G100" s="16">
         <v>13000</v>
       </c>
       <c r="H100" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="101" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A101" s="2">
         <v>45807</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>387</v>
       </c>
       <c r="D101" s="8" t="s">
         <v>388</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F101" s="13" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="16">
         <v>1875</v>
       </c>
       <c r="H101" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="102" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A102" s="2">
         <v>45811</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>390</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>391</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="13" t="s">
         <v>392</v>
       </c>
       <c r="G102" s="16">
         <v>75000</v>
       </c>
       <c r="H102" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="103" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A103" s="2">
         <v>45813</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>394</v>
       </c>
       <c r="D103" s="8" t="s">
         <v>395</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F103" s="13" t="s">
-        <v>396</v>
+        <v>186</v>
       </c>
       <c r="G103" s="16">
-        <v>60000</v>
+        <v>20105.080000000002</v>
       </c>
       <c r="H103" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="104" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A104" s="2">
         <v>45813</v>
       </c>
       <c r="B104" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C104" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="C104" s="3" t="s">
+      <c r="D104" s="8" t="s">
         <v>398</v>
       </c>
-      <c r="D104" s="8" t="s">
+      <c r="E104" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F104" s="13" t="s">
         <v>399</v>
       </c>
-      <c r="E104" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G104" s="16">
-        <v>20105.080000000002</v>
+        <v>60000</v>
       </c>
       <c r="H104" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="105" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A105" s="2">
         <v>45818</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>401</v>
       </c>
       <c r="D105" s="8" t="s">
         <v>402</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F105" s="13" t="s">
-        <v>306</v>
+        <v>403</v>
       </c>
       <c r="G105" s="16">
-        <v>394.8</v>
+        <v>51692</v>
       </c>
       <c r="H105" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="106" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A106" s="2">
         <v>45818</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="13" t="s">
-        <v>100</v>
+        <v>306</v>
       </c>
       <c r="G106" s="16">
-        <v>4033</v>
+        <v>394.8</v>
       </c>
       <c r="H106" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="107" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A107" s="2">
         <v>45818</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F107" s="13" t="s">
-        <v>409</v>
+        <v>96</v>
       </c>
       <c r="G107" s="16">
-        <v>51692</v>
+        <v>4033</v>
       </c>
       <c r="H107" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="108" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A108" s="2">
         <v>45824</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C108" s="3" t="s">
         <v>411</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>412</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F108" s="13" t="s">
         <v>413</v>
       </c>
       <c r="G108" s="16">
         <v>3939.78</v>
       </c>
       <c r="H108" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="109" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A109" s="2">
         <v>45825</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>415</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>416</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="13" t="s">
         <v>417</v>
       </c>
       <c r="G109" s="16">
         <v>3370</v>
       </c>
       <c r="H109" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="110" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A110" s="2">
         <v>45828</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>419</v>
       </c>
       <c r="D110" s="8" t="s">
         <v>420</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F110" s="13" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G110" s="16">
         <v>14494.7</v>
       </c>
       <c r="H110" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="111" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A111" s="2">
         <v>45828</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C111" s="3" t="s">
         <v>422</v>
       </c>
       <c r="D111" s="8" t="s">
         <v>423</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>68</v>
       </c>
       <c r="G111" s="16">
         <v>6662.44</v>
       </c>
       <c r="H111" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="112" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A112" s="2">
         <v>45831</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C112" s="3" t="s">
         <v>425</v>
       </c>
       <c r="D112" s="8" t="s">
         <v>426</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>427</v>
       </c>
       <c r="G112" s="16">
         <v>46005.42</v>
       </c>
       <c r="H112" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="113" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A113" s="2">
         <v>45833</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C113" s="3" t="s">
         <v>429</v>
       </c>
       <c r="D113" s="8" t="s">
         <v>430</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F113" s="13" t="s">
         <v>385</v>
       </c>
       <c r="G113" s="16">
         <v>25668.62</v>
       </c>
       <c r="H113" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="114" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A114" s="2">
         <v>45834</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C114" s="3" t="s">
         <v>432</v>
       </c>
       <c r="D114" s="8" t="s">
         <v>433</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F114" s="13" t="s">
         <v>434</v>
       </c>
       <c r="G114" s="16">
         <v>2950</v>
       </c>
       <c r="H114" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="115" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A115" s="2">
         <v>45835</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C115" s="3" t="s">
         <v>436</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>437</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F115" s="13" t="s">
         <v>438</v>
       </c>
       <c r="G115" s="16">
         <v>4088</v>
       </c>
       <c r="H115" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="116" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A116" s="2">
         <v>45838</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C116" s="3" t="s">
         <v>440</v>
       </c>
       <c r="D116" s="8" t="s">
         <v>441</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F116" s="13" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="G116" s="16">
         <v>51729.29</v>
       </c>
       <c r="H116" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="117" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A117" s="2">
         <v>45840</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>443</v>
       </c>
       <c r="D117" s="8" t="s">
         <v>444</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F117" s="13" t="s">
         <v>445</v>
       </c>
       <c r="G117" s="16">
         <v>15743.94</v>
       </c>
       <c r="H117" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="118" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A118" s="2">
         <v>45842</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>447</v>
       </c>
       <c r="D118" s="8" t="s">
         <v>448</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F118" s="13" t="s">
-        <v>449</v>
+        <v>147</v>
       </c>
       <c r="G118" s="16">
-        <v>10371.370000000001</v>
+        <v>4695.49</v>
       </c>
       <c r="H118" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="119" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A119" s="2">
         <v>45842</v>
       </c>
       <c r="B119" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C119" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="C119" s="3" t="s">
+      <c r="D119" s="8" t="s">
         <v>451</v>
       </c>
-      <c r="D119" s="8" t="s">
+      <c r="E119" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F119" s="13" t="s">
         <v>452</v>
       </c>
-      <c r="E119" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G119" s="16">
-        <v>8974.15</v>
+        <v>11554.41</v>
       </c>
       <c r="H119" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="120" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="120" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A120" s="2">
         <v>45842</v>
       </c>
       <c r="B120" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C120" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="C120" s="3" t="s">
+      <c r="D120" s="8" t="s">
         <v>455</v>
       </c>
-      <c r="D120" s="8" t="s">
+      <c r="E120" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F120" s="13" t="s">
         <v>456</v>
       </c>
-      <c r="E120" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G120" s="16">
-        <v>4695.49</v>
+        <v>10371.370000000001</v>
       </c>
       <c r="H120" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="121" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="121" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A121" s="2">
         <v>45842</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C121" s="3" t="s">
         <v>458</v>
       </c>
       <c r="D121" s="8" t="s">
         <v>459</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>147</v>
+        <v>25</v>
       </c>
       <c r="F121" s="13" t="s">
         <v>460</v>
       </c>
       <c r="G121" s="16">
-        <v>11554.41</v>
+        <v>8974.15</v>
       </c>
       <c r="H121" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="122" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A122" s="2">
         <v>45845</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>461</v>
       </c>
       <c r="C122" s="3" t="s">
         <v>462</v>
       </c>
       <c r="D122" s="8" t="s">
         <v>463</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F122" s="13" t="s">
         <v>464</v>
       </c>
       <c r="G122" s="16">
         <v>33570.74</v>
       </c>
       <c r="H122" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="123" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="123" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A123" s="2">
         <v>45845</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>465</v>
       </c>
       <c r="C123" s="3" t="s">
         <v>466</v>
       </c>
       <c r="D123" s="8" t="s">
         <v>467</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F123" s="13" t="s">
         <v>468</v>
       </c>
       <c r="G123" s="16">
         <v>52295.08</v>
       </c>
       <c r="H123" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="124" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="124" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A124" s="2">
         <v>45846</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>469</v>
       </c>
       <c r="C124" s="3" t="s">
         <v>470</v>
       </c>
       <c r="D124" s="8" t="s">
         <v>471</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F124" s="13" t="s">
         <v>472</v>
       </c>
       <c r="G124" s="16">
         <v>20000</v>
       </c>
       <c r="H124" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="125" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A125" s="2">
         <v>45855</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>473</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>474</v>
       </c>
       <c r="D125" s="8" t="s">
         <v>475</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F125" s="13" t="s">
         <v>476</v>
       </c>
       <c r="G125" s="16">
         <v>19495.490000000002</v>
       </c>
       <c r="H125" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="126" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A126" s="2">
         <v>45856</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>478</v>
       </c>
       <c r="D126" s="8" t="s">
         <v>479</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F126" s="13" t="s">
         <v>480</v>
       </c>
       <c r="G126" s="16">
         <v>65170</v>
       </c>
       <c r="H126" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="127" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A127" s="2">
         <v>45859</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>481</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>482</v>
       </c>
       <c r="D127" s="8" t="s">
         <v>483</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F127" s="13" t="s">
         <v>484</v>
       </c>
       <c r="G127" s="16">
         <v>14705.5</v>
       </c>
       <c r="H127" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="128" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A128" s="2">
         <v>45876</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>485</v>
       </c>
       <c r="C128" s="3" t="s">
         <v>486</v>
       </c>
       <c r="D128" s="8" t="s">
         <v>487</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="F128" s="13" t="s">
         <v>488</v>
       </c>
       <c r="G128" s="16">
-        <v>1589.12</v>
+        <v>1043.5999999999999</v>
       </c>
       <c r="H128" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="129" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A129" s="2">
         <v>45876</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>489</v>
       </c>
       <c r="C129" s="3" t="s">
         <v>490</v>
       </c>
       <c r="D129" s="8" t="s">
         <v>491</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="F129" s="13" t="s">
         <v>492</v>
       </c>
       <c r="G129" s="16">
-        <v>1043.5999999999999</v>
+        <v>1589.12</v>
       </c>
       <c r="H129" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="130" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="130" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A130" s="2">
         <v>45877</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>493</v>
       </c>
       <c r="C130" s="3" t="s">
         <v>494</v>
       </c>
       <c r="D130" s="8" t="s">
         <v>495</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F130" s="13" t="s">
         <v>76</v>
       </c>
       <c r="G130" s="16">
         <v>106500</v>
       </c>
       <c r="H130" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="131" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="131" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A131" s="2">
         <v>45894</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>497</v>
       </c>
       <c r="D131" s="8" t="s">
         <v>498</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>10</v>
+        <v>166</v>
       </c>
       <c r="F131" s="13" t="s">
         <v>499</v>
       </c>
       <c r="G131" s="16">
-        <v>23000</v>
+        <v>119820</v>
       </c>
       <c r="H131" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="132" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="132" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A132" s="2">
         <v>45894</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C132" s="3" t="s">
         <v>501</v>
       </c>
       <c r="D132" s="8" t="s">
         <v>502</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>162</v>
+        <v>10</v>
       </c>
       <c r="F132" s="13" t="s">
         <v>503</v>
       </c>
       <c r="G132" s="16">
-        <v>119820</v>
+        <v>23000</v>
       </c>
       <c r="H132" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="133" spans="1:8" ht="91" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:8" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A133" s="2">
         <v>45898</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C133" s="3" t="s">
         <v>505</v>
       </c>
       <c r="D133" s="8" t="s">
         <v>506</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F133" s="13" t="s">
         <v>507</v>
       </c>
       <c r="G133" s="16">
         <v>9954.65</v>
       </c>
       <c r="H133" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="134" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="134" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A134" s="2">
         <v>45902</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>509</v>
       </c>
       <c r="D134" s="8" t="s">
         <v>510</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F134" s="13" t="s">
         <v>511</v>
       </c>
       <c r="G134" s="16">
         <v>9413.57</v>
       </c>
       <c r="H134" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="135" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="135" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A135" s="2">
         <v>45904</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C135" s="3" t="s">
         <v>513</v>
       </c>
       <c r="D135" s="8" t="s">
         <v>514</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F135" s="13" t="s">
         <v>515</v>
       </c>
       <c r="G135" s="16">
         <v>15000</v>
       </c>
       <c r="H135" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="136" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A136" s="2">
         <v>45904</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>516</v>
       </c>
       <c r="C136" s="3" t="s">
         <v>517</v>
       </c>
       <c r="D136" s="8" t="s">
         <v>518</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F136" s="13" t="s">
         <v>519</v>
       </c>
       <c r="G136" s="16">
         <v>18969.310000000001</v>
       </c>
       <c r="H136" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="137" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A137" s="2">
         <v>45904</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>520</v>
       </c>
       <c r="C137" s="3" t="s">
         <v>521</v>
       </c>
       <c r="D137" s="8" t="s">
         <v>522</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F137" s="13" t="s">
         <v>523</v>
       </c>
       <c r="G137" s="16">
         <v>100534.19</v>
       </c>
       <c r="H137" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="138" spans="1:8" ht="104" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:8" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A138" s="2">
         <v>45905</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>524</v>
       </c>
       <c r="C138" s="3" t="s">
         <v>525</v>
       </c>
       <c r="D138" s="8" t="s">
         <v>526</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F138" s="13" t="s">
         <v>527</v>
       </c>
       <c r="G138" s="16">
         <v>15118.22</v>
       </c>
       <c r="H138" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="139" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="139" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A139" s="2">
         <v>45912</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C139" s="3" t="s">
         <v>529</v>
       </c>
       <c r="D139" s="8" t="s">
         <v>530</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F139" s="13" t="s">
         <v>531</v>
       </c>
       <c r="G139" s="16">
         <v>14800</v>
       </c>
       <c r="H139" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="140" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="140" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A140" s="2">
         <v>45922</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C140" s="3" t="s">
         <v>533</v>
       </c>
       <c r="D140" s="8" t="s">
         <v>534</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F140" s="13" t="s">
         <v>535</v>
       </c>
       <c r="G140" s="16">
         <v>7078.8</v>
       </c>
       <c r="H140" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="141" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="141" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A141" s="2">
         <v>45925</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>537</v>
       </c>
       <c r="D141" s="8" t="s">
         <v>538</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F141" s="13" t="s">
         <v>298</v>
       </c>
       <c r="G141" s="16">
         <v>82000</v>
       </c>
       <c r="H141" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="142" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="142" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A142" s="2">
         <v>45930</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C142" s="3" t="s">
         <v>540</v>
       </c>
       <c r="D142" s="8" t="s">
         <v>541</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F142" s="13" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G142" s="16">
         <v>395</v>
       </c>
       <c r="H142" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="143" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="143" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A143" s="2">
         <v>45931</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>542</v>
       </c>
       <c r="C143" s="3" t="s">
         <v>543</v>
       </c>
       <c r="D143" s="8" t="s">
         <v>544</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F143" s="13" t="s">
         <v>545</v>
       </c>
       <c r="G143" s="16">
         <v>6491.08</v>
       </c>
       <c r="H143" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="144" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="144" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A144" s="2">
         <v>45938</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>546</v>
       </c>
       <c r="C144" s="3" t="s">
         <v>547</v>
       </c>
       <c r="D144" s="8" t="s">
         <v>548</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F144" s="13" t="s">
         <v>381</v>
       </c>
       <c r="G144" s="16">
         <v>1259</v>
       </c>
       <c r="H144" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="145" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="145" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A145" s="2">
         <v>45943</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C145" s="3" t="s">
         <v>550</v>
       </c>
       <c r="D145" s="8" t="s">
         <v>551</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F145" s="13" t="s">
         <v>552</v>
       </c>
       <c r="G145" s="16">
-        <v>1200</v>
+        <v>1680</v>
       </c>
       <c r="H145" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="146" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="146" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A146" s="2">
         <v>45943</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C146" s="3" t="s">
         <v>554</v>
       </c>
       <c r="D146" s="8" t="s">
         <v>555</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F146" s="13" t="s">
         <v>552</v>
       </c>
       <c r="G146" s="16">
-        <v>1680</v>
+        <v>1200</v>
       </c>
       <c r="H146" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="147" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="147" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A147" s="2">
         <v>45943</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>556</v>
       </c>
       <c r="C147" s="3" t="s">
         <v>557</v>
       </c>
       <c r="D147" s="8" t="s">
         <v>558</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F147" s="13" t="s">
         <v>559</v>
       </c>
       <c r="G147" s="16">
         <v>18000</v>
       </c>
       <c r="H147" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="148" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="148" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A148" s="2">
         <v>45947</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>560</v>
       </c>
       <c r="C148" s="3" t="s">
         <v>561</v>
       </c>
       <c r="D148" s="8" t="s">
         <v>562</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F148" s="13" t="s">
         <v>563</v>
       </c>
       <c r="G148" s="16">
         <v>41481.050000000003</v>
       </c>
       <c r="H148" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="149" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A149" s="2">
         <v>45947</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C149" s="3" t="s">
         <v>565</v>
       </c>
       <c r="D149" s="8" t="s">
         <v>566</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F149" s="13" t="s">
         <v>567</v>
       </c>
       <c r="G149" s="16">
         <v>2008.03</v>
       </c>
       <c r="H149" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="150" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="150" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A150" s="2">
         <v>45954</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>568</v>
       </c>
       <c r="C150" s="3" t="s">
         <v>569</v>
       </c>
       <c r="D150" s="8" t="s">
         <v>570</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F150" s="13" t="s">
         <v>571</v>
       </c>
       <c r="G150" s="16">
-        <v>99943.37</v>
+        <v>214492</v>
       </c>
       <c r="H150" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="151" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="151" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A151" s="2">
         <v>45954</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>572</v>
       </c>
       <c r="C151" s="3" t="s">
         <v>573</v>
       </c>
       <c r="D151" s="8" t="s">
         <v>574</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F151" s="13" t="s">
         <v>575</v>
       </c>
       <c r="G151" s="16">
-        <v>214492</v>
+        <v>99943.37</v>
       </c>
       <c r="H151" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="152" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="152" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A152" s="2">
         <v>45957</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>576</v>
       </c>
       <c r="C152" s="3" t="s">
         <v>577</v>
       </c>
       <c r="D152" s="8" t="s">
         <v>578</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F152" s="13" t="s">
         <v>579</v>
       </c>
       <c r="G152" s="16">
         <v>4080.43</v>
       </c>
       <c r="H152" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="153" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="153" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A153" s="2">
         <v>45959</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C153" s="3" t="s">
         <v>581</v>
       </c>
       <c r="D153" s="8" t="s">
         <v>582</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F153" s="13" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="G153" s="16">
         <v>46252.78</v>
       </c>
       <c r="H153" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="154" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="154" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A154" s="2">
         <v>45960</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C154" s="3" t="s">
         <v>584</v>
       </c>
       <c r="D154" s="8" t="s">
         <v>585</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F154" s="13" t="s">
         <v>519</v>
       </c>
       <c r="G154" s="16">
         <v>2650</v>
       </c>
       <c r="H154" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="155" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="155" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A155" s="2">
         <v>45966</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>586</v>
       </c>
       <c r="C155" s="3" t="s">
         <v>587</v>
       </c>
       <c r="D155" s="8" t="s">
         <v>588</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F155" s="13" t="s">
         <v>589</v>
       </c>
       <c r="G155" s="16">
         <v>22131.15</v>
       </c>
       <c r="H155" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="156" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+    <row r="156" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A156" s="2">
         <v>45967</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>590</v>
       </c>
       <c r="C156" s="3" t="s">
         <v>591</v>
       </c>
       <c r="D156" s="8" t="s">
         <v>592</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F156" s="13" t="s">
         <v>427</v>
       </c>
       <c r="G156" s="16">
         <v>6103.75</v>
       </c>
       <c r="H156" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="157" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="157" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A157" s="2">
         <v>45972</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>593</v>
       </c>
       <c r="C157" s="3" t="s">
         <v>594</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>595</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F157" s="13" t="s">
         <v>596</v>
       </c>
       <c r="G157" s="16">
         <v>39800</v>
       </c>
       <c r="H157" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="158" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="158" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A158" s="2">
         <v>45974</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>597</v>
       </c>
       <c r="C158" s="3" t="s">
         <v>598</v>
       </c>
       <c r="D158" s="8" t="s">
         <v>599</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F158" s="13" t="s">
         <v>600</v>
       </c>
       <c r="G158" s="16">
         <v>21115.42</v>
       </c>
       <c r="H158" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="159" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="159" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A159" s="2">
         <v>45974</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>601</v>
       </c>
       <c r="C159" s="3" t="s">
         <v>602</v>
       </c>
       <c r="D159" s="8" t="s">
         <v>603</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F159" s="13" t="s">
         <v>604</v>
       </c>
       <c r="G159" s="16">
         <v>127720</v>
       </c>
       <c r="H159" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="160" spans="1:8" ht="78" x14ac:dyDescent="0.35">
+    <row r="160" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A160" s="2">
         <v>45974</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C160" s="3" t="s">
         <v>606</v>
       </c>
       <c r="D160" s="8" t="s">
         <v>607</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F160" s="13" t="s">
         <v>608</v>
       </c>
       <c r="G160" s="16">
         <v>54646</v>
       </c>
       <c r="H160" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="161" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="161" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A161" s="2">
         <v>45978</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>609</v>
       </c>
       <c r="C161" s="3" t="s">
         <v>610</v>
       </c>
       <c r="D161" s="8" t="s">
         <v>611</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F161" s="13" t="s">
         <v>612</v>
       </c>
       <c r="G161" s="16">
         <v>1550</v>
       </c>
       <c r="H161" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="162" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="162" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A162" s="2">
         <v>45981</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C162" s="3" t="s">
         <v>614</v>
       </c>
       <c r="D162" s="8" t="s">
         <v>615</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F162" s="13" t="s">
         <v>616</v>
       </c>
       <c r="G162" s="16">
         <v>26355.84</v>
       </c>
       <c r="H162" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="163" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="163" spans="1:8" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A163" s="2">
-        <v>45987</v>
+        <v>45982</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C163" s="3" t="s">
         <v>618</v>
       </c>
       <c r="D163" s="8" t="s">
         <v>619</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>147</v>
+        <v>166</v>
       </c>
       <c r="F163" s="13" t="s">
         <v>620</v>
       </c>
       <c r="G163" s="16">
-        <v>3424.08</v>
+        <v>37967.35</v>
       </c>
       <c r="H163" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="164" spans="1:8" ht="26" x14ac:dyDescent="0.35">
+    <row r="164" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A164" s="2">
-        <v>45992</v>
+        <v>45987</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C164" s="3" t="s">
         <v>622</v>
       </c>
       <c r="D164" s="8" t="s">
         <v>623</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F164" s="13" t="s">
         <v>624</v>
       </c>
       <c r="G164" s="16">
-        <v>116412</v>
+        <v>3424.08</v>
       </c>
       <c r="H164" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="165" spans="1:8" ht="65" x14ac:dyDescent="0.35">
+    <row r="165" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A165" s="2">
-        <v>45994</v>
+        <v>45992</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>625</v>
       </c>
       <c r="C165" s="3" t="s">
         <v>626</v>
       </c>
       <c r="D165" s="8" t="s">
         <v>627</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="F165" s="13" t="s">
         <v>628</v>
       </c>
       <c r="G165" s="16">
-        <v>9900</v>
+        <v>116412</v>
       </c>
       <c r="H165" s="17" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="166" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+    <row r="166" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A166" s="2">
         <v>45994</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C166" s="3" t="s">
         <v>630</v>
       </c>
       <c r="D166" s="8" t="s">
         <v>631</v>
       </c>
       <c r="E166" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F166" s="13" t="s">
+        <v>632</v>
+      </c>
+      <c r="G166" s="16">
+        <v>9900</v>
+      </c>
+      <c r="H166" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A167" s="2">
+        <v>45994</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="D167" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="F166" s="13" t="s">
+      <c r="F167" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="G166" s="16">
+      <c r="G167" s="16">
         <v>59760</v>
       </c>
-      <c r="H166" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A167" s="2">
+      <c r="H167" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" ht="102" x14ac:dyDescent="0.25">
+      <c r="A168" s="2">
         <v>45995</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...14 lines deleted...]
-      <c r="G167" s="16">
+      <c r="B168" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="D168" s="8" t="s">
+        <v>638</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F168" s="13" t="s">
+        <v>639</v>
+      </c>
+      <c r="G168" s="16">
         <v>39170.43</v>
       </c>
-      <c r="H167" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A168" s="4">
+      <c r="H168" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A169" s="2">
         <v>46001</v>
       </c>
-      <c r="B168" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G168" s="18">
+      <c r="B169" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="D169" s="8" t="s">
+        <v>642</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F169" s="13" t="s">
+        <v>643</v>
+      </c>
+      <c r="G169" s="16">
         <v>18600</v>
       </c>
-      <c r="H168" s="19" t="s">
+      <c r="H169" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+      <c r="A170" s="2">
+        <v>46001</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="D170" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F170" s="13" t="s">
+        <v>647</v>
+      </c>
+      <c r="G170" s="16">
+        <v>40096.769999999997</v>
+      </c>
+      <c r="H170" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A171" s="2">
+        <v>46002</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="D171" s="8" t="s">
+        <v>650</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F171" s="13" t="s">
+        <v>651</v>
+      </c>
+      <c r="G171" s="16">
+        <v>4200</v>
+      </c>
+      <c r="H171" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A172" s="2">
+        <v>46007</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="C172" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="D172" s="8" t="s">
+        <v>654</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F172" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="G172" s="16">
+        <v>7564</v>
+      </c>
+      <c r="H172" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A173" s="2">
+        <v>46007</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="D173" s="8" t="s">
+        <v>657</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F173" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="G173" s="16">
+        <v>2722.5</v>
+      </c>
+      <c r="H173" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A174" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="D174" s="8" t="s">
+        <v>660</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F174" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="G174" s="16">
+        <v>127000</v>
+      </c>
+      <c r="H174" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A175" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="D175" s="8" t="s">
+        <v>663</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F175" s="13" t="s">
+        <v>664</v>
+      </c>
+      <c r="G175" s="16">
+        <v>130895</v>
+      </c>
+      <c r="H175" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A176" s="2">
+        <v>46008</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="D176" s="8" t="s">
+        <v>667</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F176" s="13" t="s">
+        <v>668</v>
+      </c>
+      <c r="G176" s="16">
+        <v>11810</v>
+      </c>
+      <c r="H176" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A177" s="2">
+        <v>46009</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="D177" s="8" t="s">
+        <v>671</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F177" s="13" t="s">
+        <v>672</v>
+      </c>
+      <c r="G177" s="16">
+        <v>15000</v>
+      </c>
+      <c r="H177" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A178" s="2">
+        <v>46009</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="D178" s="8" t="s">
+        <v>675</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F178" s="13" t="s">
+        <v>676</v>
+      </c>
+      <c r="G178" s="16">
+        <v>4900</v>
+      </c>
+      <c r="H178" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A179" s="2">
+        <v>46010</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="D179" s="8" t="s">
+        <v>679</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F179" s="13" t="s">
+        <v>680</v>
+      </c>
+      <c r="G179" s="16">
+        <v>89173.03</v>
+      </c>
+      <c r="H179" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A180" s="2">
+        <v>46013</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="D180" s="8" t="s">
+        <v>683</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F180" s="13" t="s">
+        <v>684</v>
+      </c>
+      <c r="G180" s="16">
+        <v>15461.9</v>
+      </c>
+      <c r="H180" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A181" s="2">
+        <v>46015</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="D181" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F181" s="13" t="s">
+        <v>688</v>
+      </c>
+      <c r="G181" s="16">
+        <v>9360</v>
+      </c>
+      <c r="H181" s="17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A182" s="4">
+        <v>46022</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="D182" s="9" t="s">
+        <v>691</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F182" s="14" t="s">
+        <v>692</v>
+      </c>
+      <c r="G182" s="18">
+        <v>60000</v>
+      </c>
+      <c r="H182" s="19" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1"/>
     <hyperlink ref="H3" r:id="rId2"/>
     <hyperlink ref="H4" r:id="rId3"/>
     <hyperlink ref="H5" r:id="rId4"/>
     <hyperlink ref="H6" r:id="rId5"/>
     <hyperlink ref="H7" r:id="rId6"/>
     <hyperlink ref="H8" r:id="rId7"/>
     <hyperlink ref="H9" r:id="rId8"/>
     <hyperlink ref="H10" r:id="rId9"/>
     <hyperlink ref="H11" r:id="rId10"/>
     <hyperlink ref="H12" r:id="rId11"/>
     <hyperlink ref="H13" r:id="rId12"/>
     <hyperlink ref="H14" r:id="rId13"/>
     <hyperlink ref="H15" r:id="rId14"/>
     <hyperlink ref="H16" r:id="rId15"/>
     <hyperlink ref="H17" r:id="rId16"/>
     <hyperlink ref="H18" r:id="rId17"/>
     <hyperlink ref="H19" r:id="rId18"/>
     <hyperlink ref="H20" r:id="rId19"/>
     <hyperlink ref="H21" r:id="rId20"/>
@@ -7449,70 +7972,84 @@
     <hyperlink ref="H144" r:id="rId143"/>
     <hyperlink ref="H145" r:id="rId144"/>
     <hyperlink ref="H146" r:id="rId145"/>
     <hyperlink ref="H147" r:id="rId146"/>
     <hyperlink ref="H148" r:id="rId147"/>
     <hyperlink ref="H149" r:id="rId148"/>
     <hyperlink ref="H150" r:id="rId149"/>
     <hyperlink ref="H151" r:id="rId150"/>
     <hyperlink ref="H152" r:id="rId151"/>
     <hyperlink ref="H153" r:id="rId152"/>
     <hyperlink ref="H154" r:id="rId153"/>
     <hyperlink ref="H155" r:id="rId154"/>
     <hyperlink ref="H156" r:id="rId155"/>
     <hyperlink ref="H157" r:id="rId156"/>
     <hyperlink ref="H158" r:id="rId157"/>
     <hyperlink ref="H159" r:id="rId158"/>
     <hyperlink ref="H160" r:id="rId159"/>
     <hyperlink ref="H161" r:id="rId160"/>
     <hyperlink ref="H162" r:id="rId161"/>
     <hyperlink ref="H163" r:id="rId162"/>
     <hyperlink ref="H164" r:id="rId163"/>
     <hyperlink ref="H165" r:id="rId164"/>
     <hyperlink ref="H166" r:id="rId165"/>
     <hyperlink ref="H167" r:id="rId166"/>
     <hyperlink ref="H168" r:id="rId167"/>
+    <hyperlink ref="H169" r:id="rId168"/>
+    <hyperlink ref="H170" r:id="rId169"/>
+    <hyperlink ref="H171" r:id="rId170"/>
+    <hyperlink ref="H172" r:id="rId171"/>
+    <hyperlink ref="H173" r:id="rId172"/>
+    <hyperlink ref="H174" r:id="rId173"/>
+    <hyperlink ref="H175" r:id="rId174"/>
+    <hyperlink ref="H176" r:id="rId175"/>
+    <hyperlink ref="H177" r:id="rId176"/>
+    <hyperlink ref="H178" r:id="rId177"/>
+    <hyperlink ref="H179" r:id="rId178"/>
+    <hyperlink ref="H180" r:id="rId179"/>
+    <hyperlink ref="H181" r:id="rId180"/>
+    <hyperlink ref="H182" r:id="rId181"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId168"/>
+  <pageSetup paperSize="0" orientation="portrait" r:id="rId182"/>
   <tableParts count="1">
-    <tablePart r:id="rId169"/>
+    <tablePart r:id="rId183"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>QyAffidamentiTrasparenza</vt:lpstr>
+      <vt:lpstr>QyAffidamentiTrasparenza_2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sattolo Marilena</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>