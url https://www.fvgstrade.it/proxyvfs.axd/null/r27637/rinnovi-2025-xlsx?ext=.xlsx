--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -9,66 +9,66 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\TRASPARENZA\BANDI DI GARA E CONTRATTI\RINNOVI CONTRATTUALI\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6765"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6770"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="93">
   <si>
     <t xml:space="preserve"> CIG </t>
   </si>
   <si>
     <t xml:space="preserve">AFFIDATARIO </t>
   </si>
   <si>
     <t xml:space="preserve">IMPORTO </t>
   </si>
   <si>
     <t>DATA</t>
   </si>
   <si>
     <t>PROTOCOLLO</t>
   </si>
   <si>
     <t>OGGETTO</t>
   </si>
   <si>
     <t>LINK PROVVEDIMENTO</t>
   </si>
   <si>
     <t xml:space="preserve">RIFERIMENTO PROCEDURA </t>
   </si>
   <si>
@@ -231,50 +231,122 @@
     <t>GARA 01-2023 - LOTTO 12</t>
   </si>
   <si>
     <t>Servizio di manutenzione ordinaria ricorrente - sgombero neve e trattamento antighiaccio e attività di pulizia stagionale – SR 355</t>
   </si>
   <si>
     <t>BUTTAZZONI &amp; FIGLI SNC DI BUTTAZZONI EMIDIO</t>
   </si>
   <si>
     <t>A06C609969</t>
   </si>
   <si>
     <t>GARA 01-2023 - LOTTO 13</t>
   </si>
   <si>
     <t>Servizio di manutenzione ordinaria ricorrente - sgombero neve e trattamento antighiaccio e attività di pulizia stagionale – SS 52 e SR 552</t>
   </si>
   <si>
     <t>COLLE SILVANO SRL</t>
   </si>
   <si>
     <t>R.T.I. DI FLORIANO ENRICO E FABRIZIO SRL - MADOTTO ELIO</t>
   </si>
   <si>
     <t>Servizio di manutenzione ordinaria ricorrente - sgombero neve e trattamento antighiaccio e attività di pulizia stagionale – SR 356 e SR 646</t>
+  </si>
+  <si>
+    <t>0002411</t>
+  </si>
+  <si>
+    <t>0002412</t>
+  </si>
+  <si>
+    <t>A06D683239</t>
+  </si>
+  <si>
+    <t>GARA 01-2023 - LOTTO 2</t>
+  </si>
+  <si>
+    <t>Servizio di manutenzione ordinaria ricorrente sgombero neve, trattamenti antighiaccio e attività di pulizia stagionale – 2° Nucleo del C.M. di Pordenone - Rinnovo annualità 2025-2026 e 2026-2027</t>
+  </si>
+  <si>
+    <t>A06D68430C</t>
+  </si>
+  <si>
+    <t>GARA 01-2023 - LOTTO 3</t>
+  </si>
+  <si>
+    <t>Servizio di manutenzione ordinaria ricorrente sgombero neve, trattamenti antighiaccio e attività di pulizia stagionale – 3° Nucleo del C.M. di Pordenone anno 2025 – 2027</t>
+  </si>
+  <si>
+    <t>R.T.I. PARUTTO SRL - IMPRESA COSTRUZIONI FABRIS AMBROGIO SRL - COSTRUZIONI MARTINI SRL</t>
+  </si>
+  <si>
+    <t>R.T.I. MOZZON DANIELE SRL - PARUTTO SRL</t>
+  </si>
+  <si>
+    <t>R.T.I. BOZ COSTRUZIONI SRL - PARUTTO SRL</t>
+  </si>
+  <si>
+    <t>0002410</t>
+  </si>
+  <si>
+    <t>A06D681093</t>
+  </si>
+  <si>
+    <t>GARA 02-2023</t>
+  </si>
+  <si>
+    <t>Servizio di manutenzione ordinaria ricorrente sgombero neve, trattamenti antighiaccio e attività di pulizia stagionale – 1° Nucleo del C.M. di Pordenone - Rinnovo annualità 2025-2026 e 2026-2027.</t>
+  </si>
+  <si>
+    <t>0002912</t>
+  </si>
+  <si>
+    <t>A06E5D7867</t>
+  </si>
+  <si>
+    <t>GARA 03-2023 - LOTTO 1</t>
+  </si>
+  <si>
+    <t>R.T.I. IDEALSERVICE SOC. COOP. - PERTOT SRL ECOLOGIA/SERVIZI</t>
+  </si>
+  <si>
+    <t>Servizi di raccolta e smaltimento dei rifiuti abbandonati lungo la rete stradale in gestione a Friuli Venezia Giulia Strade S.p.a. e relative pertinenze - Centro di Manutenzione di Trieste e Gorizia - Rinnovo</t>
+  </si>
+  <si>
+    <t>A06EB485F2</t>
+  </si>
+  <si>
+    <t>GARA 03-2023 - LOTTO 2</t>
+  </si>
+  <si>
+    <t>Servizi di raccolta e smaltimento dei rifiuti abbandonati lungo la rete stradale in gestione a Friuli Venezia Giulia Strade S.p.a. e relative pertinenze - Centro di Manutenzione di Udine - Rinnovo</t>
+  </si>
+  <si>
+    <t>0003028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="3"/>
       <name val="Yu Gothic UI Semilight"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -791,50 +863,428 @@
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
             <a:ln w="13462">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="85000"/>
                 <a:lumOff val="15000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
                 <a:schemeClr val="accent5"/>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>50509</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>150310</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="937629"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="Rettangolo 4"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14909509" y="10355667"/>
+          <a:ext cx="184731" cy="937629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
+            <a:ln w="13462">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="85000"/>
+                <a:lumOff val="15000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
+                <a:schemeClr val="accent5"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>50509</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>150310</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="937629"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="Rettangolo 5"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14909509" y="9720667"/>
+          <a:ext cx="184731" cy="937629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
+            <a:ln w="13462">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="85000"/>
+                <a:lumOff val="15000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
+                <a:schemeClr val="accent5"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>50509</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>150310</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="937629"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="Rettangolo 6"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14909509" y="10355667"/>
+          <a:ext cx="184731" cy="937629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
+            <a:ln w="13462">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="85000"/>
+                <a:lumOff val="15000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
+                <a:schemeClr val="accent5"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>50509</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>150310</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="937629"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="Rettangolo 8"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14909509" y="9720667"/>
+          <a:ext cx="184731" cy="937629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
+            <a:ln w="13462">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="85000"/>
+                <a:lumOff val="15000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
+                <a:schemeClr val="accent5"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>50509</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>150310</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="937629"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="10" name="Rettangolo 9"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14909509" y="10355667"/>
+          <a:ext cx="184731" cy="937629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
+            <a:ln w="13462">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="85000"/>
+                <a:lumOff val="15000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
+                <a:schemeClr val="accent5"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>50509</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>150310</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="937629"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="Rettangolo 10"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14909509" y="12296953"/>
+          <a:ext cx="184731" cy="937629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
+            <a:ln w="13462">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="85000"/>
+                <a:lumOff val="15000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
+                <a:schemeClr val="accent5"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>50509</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>150310</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="937629"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="Rettangolo 11"/>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14909509" y="12296953"/>
+          <a:ext cx="184731" cy="937629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="it-IT" sz="5400" b="1" cap="none" spc="0">
+            <a:ln w="13462">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="85000"/>
+                <a:lumOff val="15000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:effectLst>
+              <a:outerShdw dist="38100" dir="2700000" algn="bl" rotWithShape="0">
+                <a:schemeClr val="accent5"/>
+              </a:outerShdw>
+            </a:effectLst>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Tabella2" displayName="Tabella2" ref="B2:I79" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10" tableBorderDxfId="8">
   <autoFilter ref="B2:I79"/>
   <tableColumns count="8">
     <tableColumn id="1" name="DATA" dataDxfId="7"/>
     <tableColumn id="2" name="PROTOCOLLO" dataDxfId="6"/>
     <tableColumn id="3" name=" CIG " dataDxfId="5"/>
     <tableColumn id="4" name="RIFERIMENTO PROCEDURA " dataDxfId="4"/>
     <tableColumn id="5" name="OGGETTO" dataDxfId="3"/>
     <tableColumn id="6" name="AFFIDATARIO " dataDxfId="2"/>
     <tableColumn id="7" name="IMPORTO " dataDxfId="1"/>
     <tableColumn id="8" name="LINK PROVVEDIMENTO" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium16" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Blu">
       <a:dk1>
@@ -1073,2159 +1523,2244 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28659/gara-01-2023-lotto-11-icm-srl-pdf?ext=.pdf&amp;v=20826" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28488/gara-01-2023-lotto-4-edilverde-srl-pdf?ext=.pdf&amp;v=20658" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28660/gara-01-2023-lotto-12-buttazzoni-figli-snc-di-buttazzoni-emidio-pdf?ext=.pdf&amp;v=20827" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28655/gara-01-2023-lotto-7-zanini-antonio-srl-pdf?ext=.pdf&amp;v=20822" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28437/gara-01-2022-lotto-3-rti-s-i-o-s-s-srl-pdf?ext=.pdf&amp;v=20618" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28226/gara-01-2022-lotto-2-rti-s-i-o-s-s-srl-pdf?ext=.pdf&amp;v=20406" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28661/gara-01-2023-lotto-13-colle-silvano-srl-pdf?ext=.pdf&amp;v=20828" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28656/gara-01-2023-lotto-8-zanini-antonio-srl-pdf?ext=.pdf&amp;v=20823" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28490/gara-01-2023-lotto-6-mg-group-srl-pdf?ext=.pdf&amp;v=20660" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28657/gara-01-2023-lotto-9-bb-service-srl-pdf?ext=.pdf&amp;v=20824" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28489/gara-01-2023-lotto-5-rti-ssg-srl-e-real-green-srl-pdf?ext=.pdf&amp;v=20659" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28658/gara-01-2023-lotto-10-rti-di-floriano-enrico-e-fabrizio-srl-e-madotto-elio-pdf?ext=.pdf&amp;v=20825" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28659/gara-01-2023-lotto-11-icm-srl-pdf?ext=.pdf&amp;v=20826" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28792/gara-01-2023-lotto-2-rti-boz-costruzioni-e-parutto-srl-pdf?ext=.pdf&amp;v=20950" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28488/gara-01-2023-lotto-4-edilverde-srl-pdf?ext=.pdf&amp;v=20658" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28660/gara-01-2023-lotto-12-buttazzoni-figli-snc-di-buttazzoni-emidio-pdf?ext=.pdf&amp;v=20827" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28655/gara-01-2023-lotto-7-zanini-antonio-srl-pdf?ext=.pdf&amp;v=20822" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29121/gara-03-2023-lotto-2-rti-idealservice-soc-coop-e-pertot-srl-pdf?ext=.pdf&amp;v=21259" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28437/gara-01-2022-lotto-3-rti-s-i-o-s-s-srl-pdf?ext=.pdf&amp;v=20618" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r29059/gara-03-2023-lotto-1-rti-idealservice-soc-coop-e-pertot-srl-pdf?ext=.pdf&amp;v=21211" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28226/gara-01-2022-lotto-2-rti-s-i-o-s-s-srl-pdf?ext=.pdf&amp;v=20406" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28661/gara-01-2023-lotto-13-colle-silvano-srl-pdf?ext=.pdf&amp;v=20828" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28656/gara-01-2023-lotto-8-zanini-antonio-srl-pdf?ext=.pdf&amp;v=20823" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28490/gara-01-2023-lotto-6-mg-group-srl-pdf?ext=.pdf&amp;v=20660" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28794/gara-02-2023-rti-parutto-srl-e-imp-fabris-a-srl-e-costruzioni-martini-srl-pdf?ext=.pdf&amp;v=20952" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28657/gara-01-2023-lotto-9-bb-service-srl-pdf?ext=.pdf&amp;v=20824" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28489/gara-01-2023-lotto-5-rti-ssg-srl-e-real-green-srl-pdf?ext=.pdf&amp;v=20659" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28658/gara-01-2023-lotto-10-rti-di-floriano-enrico-e-fabrizio-srl-e-madotto-elio-pdf?ext=.pdf&amp;v=20825" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fvgstrade.it/proxyvfs.axd/null/r28793/gara-01-2023-lotto-3-rti-mozzon-daniele-srl-e-parutto-srl-pdf?ext=.pdf&amp;v=20951" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:P185"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="G11" sqref="G11"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="G1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I19" sqref="I19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="17.5" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="15.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="26.28515625" customWidth="1"/>
+    <col min="1" max="1" width="15.81640625" customWidth="1"/>
+    <col min="2" max="2" width="22.7265625" customWidth="1"/>
+    <col min="3" max="3" width="26.26953125" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
-    <col min="5" max="5" width="41.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="40.28515625" style="18" customWidth="1"/>
+    <col min="5" max="5" width="41.7265625" customWidth="1"/>
+    <col min="6" max="6" width="85.1796875" customWidth="1"/>
+    <col min="7" max="7" width="55.7265625" style="16" customWidth="1"/>
+    <col min="8" max="8" width="24.1796875" style="17" customWidth="1"/>
+    <col min="9" max="9" width="40.26953125" style="18" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:16" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:16" ht="108.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="E1" s="27" t="s">
         <v>8</v>
       </c>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
     </row>
-    <row r="2" spans="2:16" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:16" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="23" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="23" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="24" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="25" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="24" t="s">
         <v>1</v>
       </c>
       <c r="H2" s="23" t="s">
         <v>2</v>
       </c>
       <c r="I2" s="26" t="s">
         <v>6</v>
       </c>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="7"/>
       <c r="N2" s="7"/>
       <c r="O2" s="7"/>
       <c r="P2" s="7"/>
     </row>
-    <row r="3" spans="2:16" s="6" customFormat="1" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:16" s="6" customFormat="1" ht="70" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="21" t="s">
         <v>14</v>
       </c>
       <c r="G3" s="14" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="19">
         <v>890580</v>
       </c>
       <c r="I3" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="4" spans="2:16" s="6" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:16" s="6" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="8">
         <v>45833</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="21" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="19">
         <v>892879</v>
       </c>
       <c r="I4" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:16" s="6" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="8">
         <v>45842</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="21" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="19">
         <v>224436</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:16" s="6" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="8">
         <v>45842</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="F6" s="21" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>28</v>
       </c>
       <c r="H6" s="19">
         <v>315148.64</v>
       </c>
       <c r="I6" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="7" spans="2:16" s="6" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:16" s="6" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="8">
         <v>45847</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>32</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="19">
         <v>352486.33</v>
       </c>
       <c r="I7" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="8" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:16" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="8">
         <v>45866</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="19">
         <v>176480</v>
       </c>
       <c r="I8" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="9" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:16" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="8">
         <v>45866</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="21" t="s">
         <v>68</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>45</v>
       </c>
       <c r="H9" s="19">
         <v>293085</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="10" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:16" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="8">
         <v>45866</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="21" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>51</v>
       </c>
       <c r="H10" s="19">
         <v>349231.79</v>
       </c>
       <c r="I10" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:16" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="8">
         <v>45866</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="21" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>67</v>
       </c>
       <c r="H11" s="19">
         <v>613693.61</v>
       </c>
       <c r="I11" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="12" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:16" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="8">
         <v>45866</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="21" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>58</v>
       </c>
       <c r="H12" s="19">
         <v>377264</v>
       </c>
       <c r="I12" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="13" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:16" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="8">
         <v>45866</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>60</v>
       </c>
       <c r="F13" s="21" t="s">
         <v>61</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="19">
         <v>559874.88</v>
       </c>
       <c r="I13" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:16" s="6" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="8">
         <v>45866</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="21" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="14" t="s">
         <v>66</v>
       </c>
       <c r="H14" s="19">
         <v>603622.40000000002</v>
       </c>
       <c r="I14" s="20" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15" spans="2:16" s="6" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-[...49 lines deleted...]
-    <row r="20" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:16" s="6" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="8">
+        <v>45922</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" s="21" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" s="19">
+        <v>355365.12</v>
+      </c>
+      <c r="I15" s="20" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="2:16" s="12" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="8">
+        <v>45922</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" s="19">
+        <v>323658.07</v>
+      </c>
+      <c r="I16" s="20" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="2:9" s="12" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="8">
+        <v>45922</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F17" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="G17" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" s="19">
+        <v>716195.28</v>
+      </c>
+      <c r="I17" s="20" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="2:9" s="12" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="8">
+        <v>45986</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="F18" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="G18" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" s="19">
+        <v>201762.5</v>
+      </c>
+      <c r="I18" s="20" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="8">
+        <v>46000</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="G19" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="H19" s="19">
+        <v>201762.5</v>
+      </c>
+      <c r="I19" s="20" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="8"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="10"/>
       <c r="F20" s="11"/>
       <c r="G20" s="14"/>
       <c r="H20" s="19"/>
       <c r="I20" s="20"/>
     </row>
-    <row r="21" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="8"/>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="10"/>
       <c r="F21" s="11"/>
       <c r="G21" s="14"/>
       <c r="H21" s="19"/>
       <c r="I21" s="20"/>
     </row>
-    <row r="22" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="8"/>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="10"/>
       <c r="F22" s="11"/>
       <c r="G22" s="14"/>
       <c r="H22" s="19"/>
       <c r="I22" s="20"/>
     </row>
-    <row r="23" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="8"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="10"/>
       <c r="F23" s="11"/>
       <c r="G23" s="14"/>
       <c r="H23" s="19"/>
       <c r="I23" s="20"/>
     </row>
-    <row r="24" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="8"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="10"/>
       <c r="F24" s="11"/>
       <c r="G24" s="14"/>
       <c r="H24" s="19"/>
       <c r="I24" s="20"/>
     </row>
-    <row r="25" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="8"/>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="10"/>
       <c r="F25" s="11"/>
       <c r="G25" s="14"/>
       <c r="H25" s="19"/>
       <c r="I25" s="20"/>
     </row>
-    <row r="26" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="8"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="10"/>
       <c r="F26" s="11"/>
       <c r="G26" s="14"/>
       <c r="H26" s="19"/>
       <c r="I26" s="20"/>
     </row>
-    <row r="27" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="8"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="10"/>
       <c r="F27" s="11"/>
       <c r="G27" s="14"/>
       <c r="H27" s="19"/>
       <c r="I27" s="20"/>
     </row>
-    <row r="28" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="8"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="10"/>
       <c r="F28" s="11"/>
       <c r="G28" s="14"/>
       <c r="H28" s="19"/>
       <c r="I28" s="20"/>
     </row>
-    <row r="29" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="8"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="10"/>
       <c r="F29" s="11"/>
       <c r="G29" s="14"/>
       <c r="H29" s="19"/>
       <c r="I29" s="20"/>
     </row>
-    <row r="30" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="8"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="10"/>
       <c r="F30" s="11"/>
       <c r="G30" s="14"/>
       <c r="H30" s="19"/>
       <c r="I30" s="20"/>
     </row>
-    <row r="31" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="8"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="10"/>
       <c r="F31" s="11"/>
       <c r="G31" s="14"/>
       <c r="H31" s="19"/>
       <c r="I31" s="20"/>
     </row>
-    <row r="32" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="8"/>
       <c r="C32" s="9"/>
       <c r="D32" s="9"/>
       <c r="E32" s="10"/>
       <c r="F32" s="11"/>
       <c r="G32" s="14"/>
       <c r="H32" s="19"/>
       <c r="I32" s="20"/>
     </row>
-    <row r="33" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="8"/>
       <c r="C33" s="9"/>
       <c r="D33" s="9"/>
       <c r="E33" s="10"/>
       <c r="F33" s="11"/>
       <c r="G33" s="14"/>
       <c r="H33" s="19"/>
       <c r="I33" s="20"/>
     </row>
-    <row r="34" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="8"/>
       <c r="C34" s="9"/>
       <c r="D34" s="9"/>
       <c r="E34" s="10"/>
       <c r="F34" s="11"/>
       <c r="G34" s="14"/>
       <c r="H34" s="19"/>
       <c r="I34" s="20"/>
     </row>
-    <row r="35" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="8"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="10"/>
       <c r="F35" s="11"/>
       <c r="G35" s="14"/>
       <c r="H35" s="19"/>
       <c r="I35" s="20"/>
     </row>
-    <row r="36" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="8"/>
       <c r="C36" s="9"/>
       <c r="D36" s="9"/>
       <c r="E36" s="10"/>
       <c r="F36" s="11"/>
       <c r="G36" s="14"/>
       <c r="H36" s="19"/>
       <c r="I36" s="20"/>
     </row>
-    <row r="37" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="8"/>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="10"/>
       <c r="F37" s="11"/>
       <c r="G37" s="14"/>
       <c r="H37" s="19"/>
       <c r="I37" s="20"/>
     </row>
-    <row r="38" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="8"/>
       <c r="C38" s="9"/>
       <c r="D38" s="9"/>
       <c r="E38" s="10"/>
       <c r="F38" s="11"/>
       <c r="G38" s="14"/>
       <c r="H38" s="19"/>
       <c r="I38" s="20"/>
     </row>
-    <row r="39" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="8"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="10"/>
       <c r="F39" s="11"/>
       <c r="G39" s="14"/>
       <c r="H39" s="19"/>
       <c r="I39" s="20"/>
     </row>
-    <row r="40" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B40" s="8"/>
       <c r="C40" s="9"/>
       <c r="D40" s="9"/>
       <c r="E40" s="10"/>
       <c r="F40" s="11"/>
       <c r="G40" s="14"/>
       <c r="H40" s="19"/>
       <c r="I40" s="20"/>
     </row>
-    <row r="41" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="8"/>
       <c r="C41" s="9"/>
       <c r="D41" s="9"/>
       <c r="E41" s="10"/>
       <c r="F41" s="11"/>
       <c r="G41" s="14"/>
       <c r="H41" s="19"/>
       <c r="I41" s="20"/>
     </row>
-    <row r="42" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="8"/>
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="10"/>
       <c r="F42" s="11"/>
       <c r="G42" s="14"/>
       <c r="H42" s="19"/>
       <c r="I42" s="20"/>
     </row>
-    <row r="43" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B43" s="8"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="10"/>
       <c r="F43" s="11"/>
       <c r="G43" s="14"/>
       <c r="H43" s="19"/>
       <c r="I43" s="20"/>
     </row>
-    <row r="44" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="8"/>
       <c r="C44" s="9"/>
       <c r="D44" s="9"/>
       <c r="E44" s="10"/>
       <c r="F44" s="11"/>
       <c r="G44" s="14"/>
       <c r="H44" s="19"/>
       <c r="I44" s="20"/>
     </row>
-    <row r="45" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="8"/>
       <c r="C45" s="9"/>
       <c r="D45" s="9"/>
       <c r="E45" s="10"/>
       <c r="F45" s="11"/>
       <c r="G45" s="14"/>
       <c r="H45" s="19"/>
       <c r="I45" s="20"/>
     </row>
-    <row r="46" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="8"/>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="10"/>
       <c r="F46" s="11"/>
       <c r="G46" s="14"/>
       <c r="H46" s="19"/>
       <c r="I46" s="20"/>
     </row>
-    <row r="47" spans="2:9" s="12" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:9" s="12" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B47" s="8"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="10"/>
       <c r="F47" s="11"/>
       <c r="G47" s="14"/>
       <c r="H47" s="19"/>
       <c r="I47" s="20"/>
     </row>
-    <row r="48" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B48" s="8"/>
       <c r="C48" s="9"/>
       <c r="D48" s="9"/>
       <c r="E48" s="10"/>
       <c r="F48" s="11"/>
       <c r="G48" s="14"/>
       <c r="H48" s="19"/>
       <c r="I48" s="20"/>
     </row>
-    <row r="49" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B49" s="8"/>
       <c r="C49" s="9"/>
       <c r="D49" s="9"/>
       <c r="E49" s="10"/>
       <c r="F49" s="11"/>
       <c r="G49" s="14"/>
       <c r="H49" s="19"/>
       <c r="I49" s="20"/>
     </row>
-    <row r="50" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="8"/>
       <c r="C50" s="9"/>
       <c r="D50" s="9"/>
       <c r="E50" s="10"/>
       <c r="F50" s="11"/>
       <c r="G50" s="14"/>
       <c r="H50" s="19"/>
       <c r="I50" s="20"/>
     </row>
-    <row r="51" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B51" s="8"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="10"/>
       <c r="F51" s="11"/>
       <c r="G51" s="14"/>
       <c r="H51" s="19"/>
       <c r="I51" s="20"/>
     </row>
-    <row r="52" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="8"/>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="10"/>
       <c r="F52" s="11"/>
       <c r="G52" s="14"/>
       <c r="H52" s="19"/>
       <c r="I52" s="20"/>
     </row>
-    <row r="53" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B53" s="8"/>
       <c r="C53" s="9"/>
       <c r="D53" s="9"/>
       <c r="E53" s="10"/>
       <c r="F53" s="11"/>
       <c r="G53" s="14"/>
       <c r="H53" s="19"/>
       <c r="I53" s="20"/>
     </row>
-    <row r="54" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B54" s="8"/>
       <c r="C54" s="9"/>
       <c r="D54" s="9"/>
       <c r="E54" s="10"/>
       <c r="F54" s="11"/>
       <c r="G54" s="14"/>
       <c r="H54" s="19"/>
       <c r="I54" s="20"/>
     </row>
-    <row r="55" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B55" s="8"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="10"/>
       <c r="F55" s="11"/>
       <c r="G55" s="14"/>
       <c r="H55" s="19"/>
       <c r="I55" s="20"/>
     </row>
-    <row r="56" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B56" s="8"/>
       <c r="C56" s="9"/>
       <c r="D56" s="9"/>
       <c r="E56" s="10"/>
       <c r="F56" s="11"/>
       <c r="G56" s="14"/>
       <c r="H56" s="19"/>
       <c r="I56" s="20"/>
     </row>
-    <row r="57" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B57" s="8"/>
       <c r="C57" s="9"/>
       <c r="D57" s="9"/>
       <c r="E57" s="10"/>
       <c r="F57" s="11"/>
       <c r="G57" s="14"/>
       <c r="H57" s="19"/>
       <c r="I57" s="20"/>
     </row>
-    <row r="58" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B58" s="8"/>
       <c r="C58" s="9"/>
       <c r="D58" s="9"/>
       <c r="E58" s="10"/>
       <c r="F58" s="11"/>
       <c r="G58" s="14"/>
       <c r="H58" s="19"/>
       <c r="I58" s="20"/>
     </row>
-    <row r="59" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B59" s="8"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="10"/>
       <c r="F59" s="11"/>
       <c r="G59" s="14"/>
       <c r="H59" s="19"/>
       <c r="I59" s="20"/>
     </row>
-    <row r="60" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B60" s="8"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="10"/>
       <c r="F60" s="11"/>
       <c r="G60" s="14"/>
       <c r="H60" s="19"/>
       <c r="I60" s="20"/>
     </row>
-    <row r="61" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B61" s="8"/>
       <c r="C61" s="9"/>
       <c r="D61" s="9"/>
       <c r="E61" s="10"/>
       <c r="F61" s="11"/>
       <c r="G61" s="14"/>
       <c r="H61" s="19"/>
       <c r="I61" s="20"/>
     </row>
-    <row r="62" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B62" s="8"/>
       <c r="C62" s="9"/>
       <c r="D62" s="9"/>
       <c r="E62" s="10"/>
       <c r="F62" s="11"/>
       <c r="G62" s="14"/>
       <c r="H62" s="19"/>
       <c r="I62" s="20"/>
     </row>
-    <row r="63" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B63" s="8"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="10"/>
       <c r="F63" s="11"/>
       <c r="G63" s="14"/>
       <c r="H63" s="19"/>
       <c r="I63" s="20"/>
     </row>
-    <row r="64" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B64" s="8"/>
       <c r="C64" s="9"/>
       <c r="D64" s="9"/>
       <c r="E64" s="10"/>
       <c r="F64" s="11"/>
       <c r="G64" s="14"/>
       <c r="H64" s="19"/>
       <c r="I64" s="20"/>
     </row>
-    <row r="65" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B65" s="8"/>
       <c r="C65" s="9"/>
       <c r="D65" s="9"/>
       <c r="E65" s="10"/>
       <c r="F65" s="11"/>
       <c r="G65" s="14"/>
       <c r="H65" s="19"/>
       <c r="I65" s="20"/>
     </row>
-    <row r="66" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B66" s="8"/>
       <c r="C66" s="9"/>
       <c r="D66" s="9"/>
       <c r="E66" s="10"/>
       <c r="F66" s="11"/>
       <c r="G66" s="14"/>
       <c r="H66" s="19"/>
       <c r="I66" s="20"/>
     </row>
-    <row r="67" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B67" s="8"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="10"/>
       <c r="F67" s="11"/>
       <c r="G67" s="14"/>
       <c r="H67" s="19"/>
       <c r="I67" s="20"/>
     </row>
-    <row r="68" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B68" s="8"/>
       <c r="C68" s="9"/>
       <c r="D68" s="9"/>
       <c r="E68" s="10"/>
       <c r="F68" s="11"/>
       <c r="G68" s="14"/>
       <c r="H68" s="19"/>
       <c r="I68" s="20"/>
     </row>
-    <row r="69" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B69" s="8"/>
       <c r="C69" s="9"/>
       <c r="D69" s="9"/>
       <c r="E69" s="10"/>
       <c r="F69" s="11"/>
       <c r="G69" s="14"/>
       <c r="H69" s="19"/>
       <c r="I69" s="20"/>
     </row>
-    <row r="70" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B70" s="8"/>
       <c r="C70" s="9"/>
       <c r="D70" s="9"/>
       <c r="E70" s="10"/>
       <c r="F70" s="11"/>
       <c r="G70" s="14"/>
       <c r="H70" s="19"/>
       <c r="I70" s="20"/>
     </row>
-    <row r="71" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B71" s="8"/>
       <c r="C71" s="9"/>
       <c r="D71" s="9"/>
       <c r="E71" s="10"/>
       <c r="F71" s="11"/>
       <c r="G71" s="14"/>
       <c r="H71" s="19"/>
       <c r="I71" s="20"/>
     </row>
-    <row r="72" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B72" s="8"/>
       <c r="C72" s="9"/>
       <c r="D72" s="9"/>
       <c r="E72" s="10"/>
       <c r="F72" s="11"/>
       <c r="G72" s="14"/>
       <c r="H72" s="19"/>
       <c r="I72" s="20"/>
     </row>
-    <row r="73" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B73" s="8"/>
       <c r="C73" s="9"/>
       <c r="D73" s="9"/>
       <c r="E73" s="10"/>
       <c r="F73" s="11"/>
       <c r="G73" s="14"/>
       <c r="H73" s="19"/>
       <c r="I73" s="20"/>
     </row>
-    <row r="74" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B74" s="8"/>
       <c r="C74" s="9"/>
       <c r="D74" s="9"/>
       <c r="E74" s="10"/>
       <c r="F74" s="11"/>
       <c r="G74" s="14"/>
       <c r="H74" s="19"/>
       <c r="I74" s="20"/>
     </row>
-    <row r="75" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B75" s="8"/>
       <c r="C75" s="9"/>
       <c r="D75" s="9"/>
       <c r="E75" s="10"/>
       <c r="F75" s="11"/>
       <c r="G75" s="14"/>
       <c r="H75" s="19"/>
       <c r="I75" s="20"/>
     </row>
-    <row r="76" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B76" s="8"/>
       <c r="C76" s="9"/>
       <c r="D76" s="9"/>
       <c r="E76" s="10"/>
       <c r="F76" s="11"/>
       <c r="G76" s="14"/>
       <c r="H76" s="19"/>
       <c r="I76" s="20"/>
     </row>
-    <row r="77" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B77" s="8"/>
       <c r="C77" s="9"/>
       <c r="D77" s="9"/>
       <c r="E77" s="10"/>
       <c r="F77" s="11"/>
       <c r="G77" s="14"/>
       <c r="H77" s="19"/>
       <c r="I77" s="20"/>
     </row>
-    <row r="78" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B78" s="8"/>
       <c r="C78" s="9"/>
       <c r="D78" s="9"/>
       <c r="E78" s="10"/>
       <c r="F78" s="11"/>
       <c r="G78" s="14"/>
       <c r="H78" s="19"/>
       <c r="I78" s="20"/>
     </row>
-    <row r="79" spans="2:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="2:9" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B79" s="8"/>
       <c r="C79" s="9"/>
       <c r="D79" s="9"/>
       <c r="E79" s="10"/>
       <c r="F79" s="11"/>
       <c r="G79" s="14"/>
       <c r="H79" s="19"/>
       <c r="I79" s="20"/>
     </row>
-    <row r="80" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="80" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B80" s="2"/>
       <c r="C80" s="3"/>
       <c r="D80" s="3"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="15"/>
       <c r="H80" s="5"/>
       <c r="I80" s="13"/>
     </row>
-    <row r="81" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="81" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B81" s="2"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="15"/>
       <c r="H81" s="5"/>
       <c r="I81" s="13"/>
     </row>
-    <row r="82" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="82" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B82" s="2"/>
       <c r="C82" s="3"/>
       <c r="D82" s="3"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="15"/>
       <c r="H82" s="5"/>
       <c r="I82" s="13"/>
     </row>
-    <row r="83" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="83" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B83" s="2"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="15"/>
       <c r="H83" s="5"/>
       <c r="I83" s="13"/>
     </row>
-    <row r="84" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="84" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B84" s="2"/>
       <c r="C84" s="3"/>
       <c r="D84" s="3"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1"/>
       <c r="G84" s="15"/>
       <c r="H84" s="5"/>
       <c r="I84" s="13"/>
     </row>
-    <row r="85" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="85" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B85" s="2"/>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="15"/>
       <c r="H85" s="5"/>
       <c r="I85" s="13"/>
     </row>
-    <row r="86" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="86" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B86" s="2"/>
       <c r="C86" s="3"/>
       <c r="D86" s="3"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="15"/>
       <c r="H86" s="5"/>
       <c r="I86" s="13"/>
     </row>
-    <row r="87" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="87" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B87" s="2"/>
       <c r="C87" s="3"/>
       <c r="D87" s="3"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="15"/>
       <c r="H87" s="5"/>
       <c r="I87" s="13"/>
     </row>
-    <row r="88" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="88" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B88" s="2"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
       <c r="G88" s="15"/>
       <c r="H88" s="5"/>
       <c r="I88" s="13"/>
     </row>
-    <row r="89" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="89" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B89" s="2"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
       <c r="G89" s="15"/>
       <c r="H89" s="5"/>
       <c r="I89" s="13"/>
     </row>
-    <row r="90" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="90" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B90" s="2"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="15"/>
       <c r="H90" s="5"/>
       <c r="I90" s="13"/>
     </row>
-    <row r="91" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="91" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B91" s="2"/>
       <c r="C91" s="3"/>
       <c r="D91" s="3"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="15"/>
       <c r="H91" s="5"/>
       <c r="I91" s="13"/>
     </row>
-    <row r="92" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="92" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B92" s="2"/>
       <c r="C92" s="3"/>
       <c r="D92" s="3"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="15"/>
       <c r="H92" s="5"/>
       <c r="I92" s="13"/>
     </row>
-    <row r="93" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="93" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B93" s="2"/>
       <c r="C93" s="3"/>
       <c r="D93" s="3"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="15"/>
       <c r="H93" s="5"/>
       <c r="I93" s="13"/>
     </row>
-    <row r="94" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="94" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B94" s="2"/>
       <c r="C94" s="3"/>
       <c r="D94" s="3"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="15"/>
       <c r="H94" s="5"/>
       <c r="I94" s="13"/>
     </row>
-    <row r="95" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="95" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B95" s="2"/>
       <c r="C95" s="3"/>
       <c r="D95" s="3"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
       <c r="G95" s="15"/>
       <c r="H95" s="5"/>
       <c r="I95" s="13"/>
     </row>
-    <row r="96" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="96" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B96" s="2"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="15"/>
       <c r="H96" s="5"/>
       <c r="I96" s="13"/>
     </row>
-    <row r="97" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="97" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B97" s="2"/>
       <c r="C97" s="3"/>
       <c r="D97" s="3"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="15"/>
       <c r="H97" s="5"/>
       <c r="I97" s="13"/>
     </row>
-    <row r="98" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="98" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B98" s="2"/>
       <c r="C98" s="3"/>
       <c r="D98" s="3"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="15"/>
       <c r="H98" s="5"/>
       <c r="I98" s="13"/>
     </row>
-    <row r="99" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="99" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B99" s="2"/>
       <c r="C99" s="3"/>
       <c r="D99" s="3"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="15"/>
       <c r="H99" s="5"/>
       <c r="I99" s="13"/>
     </row>
-    <row r="100" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="100" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B100" s="2"/>
       <c r="C100" s="3"/>
       <c r="D100" s="3"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="15"/>
       <c r="H100" s="5"/>
       <c r="I100" s="13"/>
     </row>
-    <row r="101" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="101" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B101" s="2"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="1"/>
       <c r="F101" s="1"/>
       <c r="G101" s="15"/>
       <c r="H101" s="5"/>
       <c r="I101" s="13"/>
     </row>
-    <row r="102" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="102" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B102" s="2"/>
       <c r="C102" s="3"/>
       <c r="D102" s="3"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="15"/>
       <c r="H102" s="5"/>
       <c r="I102" s="13"/>
     </row>
-    <row r="103" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="103" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B103" s="2"/>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="1"/>
       <c r="F103" s="1"/>
       <c r="G103" s="15"/>
       <c r="H103" s="5"/>
       <c r="I103" s="13"/>
     </row>
-    <row r="104" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="104" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B104" s="2"/>
       <c r="C104" s="3"/>
       <c r="D104" s="3"/>
       <c r="E104" s="1"/>
       <c r="F104" s="1"/>
       <c r="G104" s="15"/>
       <c r="H104" s="5"/>
       <c r="I104" s="13"/>
     </row>
-    <row r="105" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="105" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B105" s="2"/>
       <c r="C105" s="3"/>
       <c r="D105" s="3"/>
       <c r="E105" s="1"/>
       <c r="F105" s="1"/>
       <c r="G105" s="15"/>
       <c r="H105" s="5"/>
       <c r="I105" s="13"/>
     </row>
-    <row r="106" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="106" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B106" s="2"/>
       <c r="C106" s="3"/>
       <c r="D106" s="3"/>
       <c r="E106" s="1"/>
       <c r="F106" s="1"/>
       <c r="G106" s="15"/>
       <c r="H106" s="5"/>
       <c r="I106" s="13"/>
     </row>
-    <row r="107" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="107" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B107" s="2"/>
       <c r="C107" s="3"/>
       <c r="D107" s="3"/>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="15"/>
       <c r="H107" s="5"/>
       <c r="I107" s="13"/>
     </row>
-    <row r="108" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="108" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B108" s="2"/>
       <c r="C108" s="3"/>
       <c r="D108" s="3"/>
       <c r="E108" s="1"/>
       <c r="F108" s="1"/>
       <c r="G108" s="15"/>
       <c r="H108" s="5"/>
       <c r="I108" s="13"/>
     </row>
-    <row r="109" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="109" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B109" s="2"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="1"/>
       <c r="F109" s="1"/>
       <c r="G109" s="15"/>
       <c r="H109" s="5"/>
       <c r="I109" s="13"/>
     </row>
-    <row r="110" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="110" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B110" s="2"/>
       <c r="C110" s="3"/>
       <c r="D110" s="3"/>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="15"/>
       <c r="H110" s="5"/>
       <c r="I110" s="13"/>
     </row>
-    <row r="111" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="111" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B111" s="2"/>
       <c r="C111" s="3"/>
       <c r="D111" s="3"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="15"/>
       <c r="H111" s="5"/>
       <c r="I111" s="13"/>
     </row>
-    <row r="112" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="112" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B112" s="2"/>
       <c r="C112" s="3"/>
       <c r="D112" s="3"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="15"/>
       <c r="H112" s="5"/>
       <c r="I112" s="13"/>
     </row>
-    <row r="113" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="113" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B113" s="2"/>
       <c r="C113" s="3"/>
       <c r="D113" s="3"/>
       <c r="E113" s="1"/>
       <c r="F113" s="1"/>
       <c r="G113" s="15"/>
       <c r="H113" s="5"/>
       <c r="I113" s="13"/>
     </row>
-    <row r="114" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="114" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B114" s="2"/>
       <c r="C114" s="3"/>
       <c r="D114" s="3"/>
       <c r="E114" s="1"/>
       <c r="F114" s="1"/>
       <c r="G114" s="15"/>
       <c r="H114" s="5"/>
       <c r="I114" s="13"/>
     </row>
-    <row r="115" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="115" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B115" s="2"/>
       <c r="C115" s="3"/>
       <c r="D115" s="3"/>
       <c r="E115" s="1"/>
       <c r="F115" s="1"/>
       <c r="G115" s="15"/>
       <c r="H115" s="5"/>
       <c r="I115" s="13"/>
     </row>
-    <row r="116" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="116" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B116" s="2"/>
       <c r="C116" s="3"/>
       <c r="D116" s="3"/>
       <c r="E116" s="1"/>
       <c r="F116" s="1"/>
       <c r="G116" s="15"/>
       <c r="H116" s="5"/>
       <c r="I116" s="13"/>
     </row>
-    <row r="117" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="117" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B117" s="2"/>
       <c r="C117" s="3"/>
       <c r="D117" s="3"/>
       <c r="E117" s="1"/>
       <c r="F117" s="1"/>
       <c r="G117" s="15"/>
       <c r="H117" s="5"/>
       <c r="I117" s="13"/>
     </row>
-    <row r="118" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="118" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B118" s="2"/>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="1"/>
       <c r="F118" s="1"/>
       <c r="G118" s="15"/>
       <c r="H118" s="5"/>
       <c r="I118" s="13"/>
     </row>
-    <row r="119" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="119" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B119" s="2"/>
       <c r="C119" s="3"/>
       <c r="D119" s="3"/>
       <c r="E119" s="1"/>
       <c r="F119" s="1"/>
       <c r="G119" s="15"/>
       <c r="H119" s="5"/>
       <c r="I119" s="13"/>
     </row>
-    <row r="120" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="120" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B120" s="2"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="1"/>
       <c r="F120" s="1"/>
       <c r="G120" s="15"/>
       <c r="H120" s="5"/>
       <c r="I120" s="13"/>
     </row>
-    <row r="121" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="121" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B121" s="2"/>
       <c r="C121" s="3"/>
       <c r="D121" s="3"/>
       <c r="E121" s="1"/>
       <c r="F121" s="1"/>
       <c r="G121" s="15"/>
       <c r="H121" s="5"/>
       <c r="I121" s="13"/>
     </row>
-    <row r="122" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="122" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B122" s="2"/>
       <c r="C122" s="3"/>
       <c r="D122" s="3"/>
       <c r="E122" s="1"/>
       <c r="F122" s="1"/>
       <c r="G122" s="15"/>
       <c r="H122" s="5"/>
       <c r="I122" s="13"/>
     </row>
-    <row r="123" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="123" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B123" s="2"/>
       <c r="C123" s="3"/>
       <c r="D123" s="3"/>
       <c r="E123" s="1"/>
       <c r="F123" s="1"/>
       <c r="G123" s="15"/>
       <c r="H123" s="5"/>
       <c r="I123" s="13"/>
     </row>
-    <row r="124" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="124" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B124" s="2"/>
       <c r="C124" s="3"/>
       <c r="D124" s="3"/>
       <c r="E124" s="1"/>
       <c r="F124" s="1"/>
       <c r="G124" s="15"/>
       <c r="H124" s="5"/>
       <c r="I124" s="13"/>
     </row>
-    <row r="125" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="125" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B125" s="2"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="1"/>
       <c r="F125" s="1"/>
       <c r="G125" s="15"/>
       <c r="H125" s="5"/>
       <c r="I125" s="13"/>
     </row>
-    <row r="126" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="126" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B126" s="2"/>
       <c r="C126" s="3"/>
       <c r="D126" s="3"/>
       <c r="E126" s="1"/>
       <c r="F126" s="1"/>
       <c r="G126" s="15"/>
       <c r="H126" s="5"/>
       <c r="I126" s="13"/>
     </row>
-    <row r="127" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="127" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B127" s="2"/>
       <c r="C127" s="3"/>
       <c r="D127" s="3"/>
       <c r="E127" s="1"/>
       <c r="F127" s="1"/>
       <c r="G127" s="15"/>
       <c r="H127" s="5"/>
       <c r="I127" s="13"/>
     </row>
-    <row r="128" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="128" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B128" s="2"/>
       <c r="C128" s="3"/>
       <c r="D128" s="3"/>
       <c r="E128" s="1"/>
       <c r="F128" s="1"/>
       <c r="G128" s="15"/>
       <c r="H128" s="5"/>
       <c r="I128" s="13"/>
     </row>
-    <row r="129" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="129" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B129" s="2"/>
       <c r="C129" s="3"/>
       <c r="D129" s="3"/>
       <c r="E129" s="1"/>
       <c r="F129" s="1"/>
       <c r="G129" s="15"/>
       <c r="H129" s="5"/>
       <c r="I129" s="13"/>
     </row>
-    <row r="130" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="130" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B130" s="2"/>
       <c r="C130" s="3"/>
       <c r="D130" s="3"/>
       <c r="E130" s="1"/>
       <c r="F130" s="1"/>
       <c r="G130" s="15"/>
       <c r="H130" s="5"/>
       <c r="I130" s="13"/>
     </row>
-    <row r="131" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="131" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B131" s="2"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="1"/>
       <c r="F131" s="1"/>
       <c r="G131" s="15"/>
       <c r="H131" s="5"/>
       <c r="I131" s="13"/>
     </row>
-    <row r="132" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="132" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B132" s="2"/>
       <c r="C132" s="3"/>
       <c r="D132" s="3"/>
       <c r="E132" s="1"/>
       <c r="F132" s="1"/>
       <c r="G132" s="15"/>
       <c r="H132" s="5"/>
       <c r="I132" s="13"/>
     </row>
-    <row r="133" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="133" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B133" s="2"/>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="1"/>
       <c r="F133" s="1"/>
       <c r="G133" s="15"/>
       <c r="H133" s="5"/>
       <c r="I133" s="13"/>
     </row>
-    <row r="134" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="134" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B134" s="2"/>
       <c r="C134" s="3"/>
       <c r="D134" s="3"/>
       <c r="E134" s="1"/>
       <c r="F134" s="1"/>
       <c r="G134" s="15"/>
       <c r="H134" s="5"/>
       <c r="I134" s="13"/>
     </row>
-    <row r="135" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="135" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B135" s="2"/>
       <c r="C135" s="3"/>
       <c r="D135" s="3"/>
       <c r="E135" s="1"/>
       <c r="F135" s="1"/>
       <c r="G135" s="15"/>
       <c r="H135" s="5"/>
       <c r="I135" s="13"/>
     </row>
-    <row r="136" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="136" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B136" s="2"/>
       <c r="C136" s="3"/>
       <c r="D136" s="3"/>
       <c r="E136" s="1"/>
       <c r="F136" s="1"/>
       <c r="G136" s="15"/>
       <c r="H136" s="5"/>
       <c r="I136" s="13"/>
     </row>
-    <row r="137" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="137" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B137" s="2"/>
       <c r="C137" s="3"/>
       <c r="D137" s="3"/>
       <c r="E137" s="1"/>
       <c r="F137" s="1"/>
       <c r="G137" s="15"/>
       <c r="H137" s="5"/>
       <c r="I137" s="13"/>
     </row>
-    <row r="138" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="138" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B138" s="2"/>
       <c r="C138" s="3"/>
       <c r="D138" s="3"/>
       <c r="E138" s="1"/>
       <c r="F138" s="1"/>
       <c r="G138" s="15"/>
       <c r="H138" s="5"/>
       <c r="I138" s="13"/>
     </row>
-    <row r="139" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="139" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B139" s="2"/>
       <c r="C139" s="3"/>
       <c r="D139" s="3"/>
       <c r="E139" s="1"/>
       <c r="F139" s="1"/>
       <c r="G139" s="15"/>
       <c r="H139" s="5"/>
       <c r="I139" s="13"/>
     </row>
-    <row r="140" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="140" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B140" s="2"/>
       <c r="C140" s="3"/>
       <c r="D140" s="3"/>
       <c r="E140" s="1"/>
       <c r="F140" s="1"/>
       <c r="G140" s="15"/>
       <c r="H140" s="5"/>
       <c r="I140" s="13"/>
     </row>
-    <row r="141" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="141" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B141" s="2"/>
       <c r="C141" s="3"/>
       <c r="D141" s="3"/>
       <c r="E141" s="1"/>
       <c r="F141" s="1"/>
       <c r="G141" s="15"/>
       <c r="H141" s="5"/>
       <c r="I141" s="13"/>
     </row>
-    <row r="142" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="142" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B142" s="2"/>
       <c r="C142" s="3"/>
       <c r="D142" s="3"/>
       <c r="E142" s="1"/>
       <c r="F142" s="1"/>
       <c r="G142" s="15"/>
       <c r="H142" s="5"/>
       <c r="I142" s="13"/>
     </row>
-    <row r="143" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="143" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B143" s="2"/>
       <c r="C143" s="3"/>
       <c r="D143" s="3"/>
       <c r="E143" s="1"/>
       <c r="F143" s="1"/>
       <c r="G143" s="15"/>
       <c r="H143" s="5"/>
       <c r="I143" s="13"/>
     </row>
-    <row r="144" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="144" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B144" s="2"/>
       <c r="C144" s="3"/>
       <c r="D144" s="3"/>
       <c r="E144" s="1"/>
       <c r="F144" s="1"/>
       <c r="G144" s="15"/>
       <c r="H144" s="5"/>
       <c r="I144" s="13"/>
     </row>
-    <row r="145" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="145" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B145" s="2"/>
       <c r="C145" s="3"/>
       <c r="D145" s="3"/>
       <c r="E145" s="1"/>
       <c r="F145" s="1"/>
       <c r="G145" s="15"/>
       <c r="H145" s="5"/>
       <c r="I145" s="13"/>
     </row>
-    <row r="146" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="146" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B146" s="2"/>
       <c r="C146" s="3"/>
       <c r="D146" s="3"/>
       <c r="E146" s="1"/>
       <c r="F146" s="1"/>
       <c r="G146" s="15"/>
       <c r="H146" s="5"/>
       <c r="I146" s="13"/>
     </row>
-    <row r="147" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="147" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B147" s="2"/>
       <c r="C147" s="3"/>
       <c r="D147" s="3"/>
       <c r="E147" s="1"/>
       <c r="F147" s="1"/>
       <c r="G147" s="15"/>
       <c r="H147" s="5"/>
       <c r="I147" s="13"/>
     </row>
-    <row r="148" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="148" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B148" s="2"/>
       <c r="C148" s="3"/>
       <c r="D148" s="3"/>
       <c r="E148" s="1"/>
       <c r="F148" s="1"/>
       <c r="G148" s="15"/>
       <c r="H148" s="5"/>
       <c r="I148" s="13"/>
     </row>
-    <row r="149" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="149" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B149" s="2"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="1"/>
       <c r="F149" s="1"/>
       <c r="G149" s="15"/>
       <c r="H149" s="5"/>
       <c r="I149" s="13"/>
     </row>
-    <row r="150" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="150" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B150" s="2"/>
       <c r="C150" s="3"/>
       <c r="D150" s="3"/>
       <c r="E150" s="1"/>
       <c r="F150" s="1"/>
       <c r="G150" s="15"/>
       <c r="H150" s="5"/>
       <c r="I150" s="13"/>
     </row>
-    <row r="151" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="151" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B151" s="2"/>
       <c r="C151" s="3"/>
       <c r="D151" s="3"/>
       <c r="E151" s="1"/>
       <c r="F151" s="1"/>
       <c r="G151" s="15"/>
       <c r="H151" s="5"/>
       <c r="I151" s="13"/>
     </row>
-    <row r="152" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="152" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B152" s="2"/>
       <c r="C152" s="3"/>
       <c r="D152" s="3"/>
       <c r="E152" s="1"/>
       <c r="F152" s="1"/>
       <c r="G152" s="15"/>
       <c r="H152" s="5"/>
       <c r="I152" s="13"/>
     </row>
-    <row r="153" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="153" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B153" s="2"/>
       <c r="C153" s="3"/>
       <c r="D153" s="3"/>
       <c r="E153" s="1"/>
       <c r="F153" s="1"/>
       <c r="G153" s="15"/>
       <c r="H153" s="5"/>
       <c r="I153" s="13"/>
     </row>
-    <row r="154" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="154" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B154" s="2"/>
       <c r="C154" s="3"/>
       <c r="D154" s="3"/>
       <c r="E154" s="1"/>
       <c r="F154" s="1"/>
       <c r="G154" s="15"/>
       <c r="H154" s="5"/>
       <c r="I154" s="13"/>
     </row>
-    <row r="155" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="155" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B155" s="2"/>
       <c r="C155" s="3"/>
       <c r="D155" s="3"/>
       <c r="E155" s="1"/>
       <c r="F155" s="1"/>
       <c r="G155" s="15"/>
       <c r="H155" s="5"/>
       <c r="I155" s="13"/>
     </row>
-    <row r="156" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="156" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B156" s="2"/>
       <c r="C156" s="3"/>
       <c r="D156" s="3"/>
       <c r="E156" s="1"/>
       <c r="F156" s="1"/>
       <c r="G156" s="15"/>
       <c r="H156" s="5"/>
       <c r="I156" s="13"/>
     </row>
-    <row r="157" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="157" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B157" s="2"/>
       <c r="C157" s="3"/>
       <c r="D157" s="3"/>
       <c r="E157" s="1"/>
       <c r="F157" s="1"/>
       <c r="G157" s="15"/>
       <c r="H157" s="5"/>
       <c r="I157" s="13"/>
     </row>
-    <row r="158" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="158" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B158" s="2"/>
       <c r="C158" s="3"/>
       <c r="D158" s="3"/>
       <c r="E158" s="1"/>
       <c r="F158" s="1"/>
       <c r="G158" s="15"/>
       <c r="H158" s="5"/>
       <c r="I158" s="13"/>
     </row>
-    <row r="159" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="159" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B159" s="2"/>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="1"/>
       <c r="F159" s="1"/>
       <c r="G159" s="15"/>
       <c r="H159" s="5"/>
       <c r="I159" s="13"/>
     </row>
-    <row r="160" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="160" spans="2:9" x14ac:dyDescent="0.35">
       <c r="C160" s="4"/>
       <c r="D160" s="3"/>
       <c r="E160" s="1"/>
       <c r="F160" s="1"/>
       <c r="G160" s="15"/>
       <c r="H160" s="5"/>
       <c r="I160" s="13"/>
     </row>
-    <row r="161" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="161" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B161" s="2"/>
       <c r="C161" s="3"/>
       <c r="D161" s="3"/>
       <c r="E161" s="1"/>
       <c r="F161" s="1"/>
       <c r="G161" s="15"/>
       <c r="H161" s="5"/>
       <c r="I161" s="13"/>
     </row>
-    <row r="162" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="162" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B162" s="2"/>
       <c r="C162" s="3"/>
       <c r="D162" s="3"/>
       <c r="E162" s="1"/>
       <c r="F162" s="1"/>
       <c r="G162" s="15"/>
       <c r="H162" s="5"/>
       <c r="I162" s="13"/>
     </row>
-    <row r="163" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="163" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B163" s="2"/>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="1"/>
       <c r="F163" s="1"/>
       <c r="G163" s="15"/>
       <c r="H163" s="5"/>
       <c r="I163" s="13"/>
     </row>
-    <row r="164" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="164" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B164" s="2"/>
       <c r="C164" s="3"/>
       <c r="D164" s="3"/>
       <c r="E164" s="1"/>
       <c r="F164" s="1"/>
       <c r="G164" s="15"/>
       <c r="H164" s="5"/>
       <c r="I164" s="13"/>
     </row>
-    <row r="165" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="165" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B165" s="2"/>
       <c r="C165" s="3"/>
       <c r="D165" s="3"/>
       <c r="E165" s="1"/>
       <c r="F165" s="1"/>
       <c r="G165" s="15"/>
       <c r="H165" s="5"/>
       <c r="I165" s="13"/>
     </row>
-    <row r="166" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="166" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B166" s="2"/>
       <c r="C166" s="3"/>
       <c r="D166" s="3"/>
       <c r="E166" s="1"/>
       <c r="F166" s="1"/>
       <c r="G166" s="15"/>
       <c r="H166" s="5"/>
       <c r="I166" s="13"/>
     </row>
-    <row r="167" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="167" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B167" s="2"/>
       <c r="C167" s="3"/>
       <c r="D167" s="3"/>
       <c r="E167" s="1"/>
       <c r="F167" s="1"/>
       <c r="G167" s="15"/>
       <c r="H167" s="5"/>
       <c r="I167" s="13"/>
     </row>
-    <row r="168" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="168" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B168" s="2"/>
       <c r="C168" s="3"/>
       <c r="D168" s="3"/>
       <c r="E168" s="1"/>
       <c r="F168" s="1"/>
       <c r="G168" s="15"/>
       <c r="H168" s="1"/>
       <c r="I168" s="13"/>
     </row>
-    <row r="169" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="169" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B169" s="2"/>
       <c r="C169" s="3"/>
       <c r="D169" s="3"/>
       <c r="E169" s="1"/>
       <c r="F169" s="1"/>
       <c r="G169" s="15"/>
       <c r="H169" s="1"/>
       <c r="I169" s="13"/>
     </row>
-    <row r="170" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="170" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B170" s="2"/>
       <c r="C170" s="3"/>
       <c r="D170" s="3"/>
       <c r="E170" s="1"/>
       <c r="F170" s="1"/>
       <c r="G170" s="15"/>
       <c r="H170" s="1"/>
       <c r="I170" s="13"/>
     </row>
-    <row r="171" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="171" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B171" s="2"/>
       <c r="C171" s="3"/>
       <c r="D171" s="3"/>
       <c r="E171" s="1"/>
       <c r="F171" s="1"/>
       <c r="G171" s="15"/>
       <c r="H171" s="1"/>
       <c r="I171" s="13"/>
     </row>
-    <row r="172" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="172" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B172" s="2"/>
       <c r="C172" s="3"/>
       <c r="D172" s="3"/>
       <c r="E172" s="1"/>
       <c r="F172" s="1"/>
       <c r="G172" s="15"/>
       <c r="H172" s="1"/>
       <c r="I172" s="13"/>
     </row>
-    <row r="173" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="173" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B173" s="2"/>
       <c r="C173" s="3"/>
       <c r="D173" s="3"/>
       <c r="E173" s="1"/>
       <c r="F173" s="1"/>
       <c r="G173" s="15"/>
       <c r="H173" s="1"/>
       <c r="I173" s="13"/>
     </row>
-    <row r="174" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="174" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B174" s="2"/>
       <c r="C174" s="3"/>
       <c r="D174" s="3"/>
       <c r="E174" s="1"/>
       <c r="F174" s="1"/>
       <c r="G174" s="15"/>
       <c r="H174" s="1"/>
       <c r="I174" s="13"/>
     </row>
-    <row r="175" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="175" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B175" s="2"/>
       <c r="C175" s="3"/>
       <c r="D175" s="3"/>
       <c r="E175" s="1"/>
       <c r="F175" s="1"/>
       <c r="G175" s="15"/>
       <c r="H175" s="1"/>
       <c r="I175" s="13"/>
     </row>
-    <row r="176" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="176" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B176" s="2"/>
       <c r="C176" s="3"/>
       <c r="D176" s="3"/>
       <c r="E176" s="1"/>
       <c r="F176" s="1"/>
       <c r="G176" s="15"/>
       <c r="H176" s="1"/>
       <c r="I176" s="13"/>
     </row>
-    <row r="177" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="177" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B177" s="2"/>
       <c r="C177" s="3"/>
       <c r="D177" s="3"/>
       <c r="E177" s="1"/>
       <c r="F177" s="1"/>
       <c r="G177" s="15"/>
       <c r="H177" s="1"/>
       <c r="I177" s="13"/>
     </row>
-    <row r="178" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="178" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B178" s="2"/>
       <c r="C178" s="1"/>
       <c r="D178" s="3"/>
       <c r="E178" s="1"/>
       <c r="F178" s="1"/>
       <c r="G178" s="15"/>
       <c r="H178" s="1"/>
       <c r="I178" s="13"/>
     </row>
-    <row r="179" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="179" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B179" s="2"/>
       <c r="C179" s="1"/>
       <c r="D179" s="3"/>
       <c r="E179" s="1"/>
       <c r="F179" s="1"/>
       <c r="G179" s="15"/>
       <c r="H179" s="1"/>
       <c r="I179" s="13"/>
     </row>
-    <row r="180" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="180" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B180" s="1"/>
       <c r="C180" s="1"/>
       <c r="D180" s="3"/>
       <c r="E180" s="1"/>
       <c r="F180" s="1"/>
       <c r="G180" s="15"/>
       <c r="H180" s="1"/>
       <c r="I180" s="13"/>
     </row>
-    <row r="181" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="181" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B181" s="1"/>
       <c r="C181" s="1"/>
       <c r="D181" s="3"/>
       <c r="E181" s="1"/>
       <c r="F181" s="1"/>
       <c r="G181" s="15"/>
       <c r="H181" s="1"/>
       <c r="I181" s="13"/>
     </row>
-    <row r="182" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="182" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B182" s="1"/>
       <c r="C182" s="1"/>
       <c r="D182" s="3"/>
       <c r="E182" s="1"/>
       <c r="F182" s="1"/>
       <c r="G182" s="15"/>
       <c r="H182" s="1"/>
       <c r="I182" s="13"/>
     </row>
-    <row r="183" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="183" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B183" s="1"/>
       <c r="C183" s="1"/>
       <c r="D183" s="3"/>
       <c r="E183" s="1"/>
       <c r="F183" s="1"/>
       <c r="G183" s="15"/>
       <c r="H183" s="1"/>
       <c r="I183" s="13"/>
     </row>
-    <row r="184" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="184" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B184" s="1"/>
       <c r="C184" s="1"/>
       <c r="D184" s="3"/>
       <c r="E184" s="1"/>
       <c r="F184" s="1"/>
       <c r="G184" s="15"/>
       <c r="H184" s="1"/>
       <c r="I184" s="13"/>
     </row>
-    <row r="185" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="185" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B185" s="1"/>
       <c r="C185" s="1"/>
       <c r="D185" s="1"/>
       <c r="E185" s="1"/>
       <c r="F185" s="1"/>
       <c r="G185" s="15"/>
       <c r="H185" s="1"/>
       <c r="I185" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="E1:G1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I3" r:id="rId1"/>
     <hyperlink ref="I4" r:id="rId2"/>
     <hyperlink ref="I5" r:id="rId3"/>
     <hyperlink ref="I7" r:id="rId4"/>
     <hyperlink ref="I6" r:id="rId5"/>
     <hyperlink ref="I14" r:id="rId6"/>
     <hyperlink ref="I13" r:id="rId7"/>
     <hyperlink ref="I12" r:id="rId8"/>
     <hyperlink ref="I11" r:id="rId9"/>
     <hyperlink ref="I10" r:id="rId10"/>
     <hyperlink ref="I9" r:id="rId11"/>
     <hyperlink ref="I8" r:id="rId12"/>
+    <hyperlink ref="I15" r:id="rId13"/>
+    <hyperlink ref="I16" r:id="rId14"/>
+    <hyperlink ref="I17" r:id="rId15"/>
+    <hyperlink ref="I18" r:id="rId16"/>
+    <hyperlink ref="I19" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId13"/>
-  <drawing r:id="rId14"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId18"/>
+  <drawing r:id="rId19"/>
   <tableParts count="1">
-    <tablePart r:id="rId15"/>
+    <tablePart r:id="rId20"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>