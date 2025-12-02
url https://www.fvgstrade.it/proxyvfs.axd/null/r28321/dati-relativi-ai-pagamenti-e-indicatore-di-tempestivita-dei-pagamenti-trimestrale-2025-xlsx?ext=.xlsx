--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -1,94 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\federica.babuder\Desktop\DOCUMENTI\TRASPARENZA\documenti da pubblicare\PAGAMENTI\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4360A979-7FCB-4DEF-A024-4B28F3A00C4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8A4D2EDA-E496-48E1-8E85-C3BD0091559B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-3165" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-3165" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="pagamenti I Trim." sheetId="1" r:id="rId1"/>
     <sheet name="pagamenti II Trim." sheetId="3" r:id="rId2"/>
-    <sheet name="indicatore di tempestività trim" sheetId="2" r:id="rId3"/>
+    <sheet name="pagamenti III Trim." sheetId="4" r:id="rId3"/>
+    <sheet name="indicatore di tempestività trim" sheetId="2" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C204" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1523" uniqueCount="676">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2554" uniqueCount="788">
   <si>
     <t>CATEGORIA</t>
   </si>
   <si>
     <t>IMPORTO</t>
   </si>
   <si>
     <t>SERVIZI</t>
   </si>
   <si>
     <t>DAY RISTOSERVICE SPA</t>
   </si>
   <si>
     <t>LAVORI</t>
   </si>
   <si>
     <t>AUTORITA NAZIONALE ANTICORRUZIONE ANAC</t>
   </si>
   <si>
     <t>AUTOSTRADE PER L'ITALIA SPA</t>
   </si>
   <si>
     <t>CAFC SPA</t>
   </si>
   <si>
@@ -2086,50 +2088,386 @@
   </si>
   <si>
     <t>WE DO SPACES SRL</t>
   </si>
   <si>
     <t>10209790152</t>
   </si>
   <si>
     <t>WOLTERS KLUWER ITALIA SRL</t>
   </si>
   <si>
     <t>02984920302</t>
   </si>
   <si>
     <t>02717210302</t>
   </si>
   <si>
     <t>Zanutta Spa</t>
   </si>
   <si>
     <t>DATI SUI PAGAMENTI - AGGIORNAMENTO TRIMESTRALE (Art. 4-bis, c. 2, d.lgs. n. 33/2013)
 ELENCO DEI PAGAMENTI EFFETTUATI DAL 01/04/2025 AL 30/06/2025</t>
   </si>
   <si>
     <t>ELENCO DEI PAGAMENTI EFFETTUATI DAL 01/01/2025 AL 31/03/2025 DIVISI PER FORNITORE E TIPOLOGIA</t>
+  </si>
+  <si>
+    <t>DATI SUI PAGAMENTI - AGGIORNAMENTO TRIMESTRALE (Art. 4-bis, c. 2, d.lgs. n. 33/2013)</t>
+  </si>
+  <si>
+    <t>01797820931</t>
+  </si>
+  <si>
+    <t>AISATEC SCRL SOCIETA' COOPERATIVA TRA PROFESSIONISTI</t>
+  </si>
+  <si>
+    <t>"OMISSIS"</t>
+  </si>
+  <si>
+    <t>03741090249</t>
+  </si>
+  <si>
+    <t>AXATEL SRL</t>
+  </si>
+  <si>
+    <t>03493000966</t>
+  </si>
+  <si>
+    <t>00757100326</t>
+  </si>
+  <si>
+    <t>BOSCOLO &amp; PARTNERS S.T.P. A RESPONSABILITA' LIMITATA</t>
+  </si>
+  <si>
+    <t>00394330930</t>
+  </si>
+  <si>
+    <t>01741440307</t>
+  </si>
+  <si>
+    <t>00686360256</t>
+  </si>
+  <si>
+    <t>CADORE ASFALTI SRL A SOCIO UNICO</t>
+  </si>
+  <si>
+    <t>81002410306</t>
+  </si>
+  <si>
+    <t>00608720934</t>
+  </si>
+  <si>
+    <t>CENTRO CONTROLLO MATERIALI EDILI SRL</t>
+  </si>
+  <si>
+    <t>91033750935</t>
+  </si>
+  <si>
+    <t>CONDOMINIO FEDERICA</t>
+  </si>
+  <si>
+    <t>00743150328</t>
+  </si>
+  <si>
+    <t>CONSORZIO MIB - SCHOOL OF MANAGEMENT</t>
+  </si>
+  <si>
+    <t>03809940236</t>
+  </si>
+  <si>
+    <t>04472901000</t>
+  </si>
+  <si>
+    <t>CONVERGE SPA</t>
+  </si>
+  <si>
+    <t>COPETTI SRL</t>
+  </si>
+  <si>
+    <t>02739230304</t>
+  </si>
+  <si>
+    <t>CORAM SERVIZI IMPRESE SRL</t>
+  </si>
+  <si>
+    <t>01759180936</t>
+  </si>
+  <si>
+    <t>02662390307</t>
+  </si>
+  <si>
+    <t>02836690301</t>
+  </si>
+  <si>
+    <t>CPUNIT SRL</t>
+  </si>
+  <si>
+    <t>02251160301</t>
+  </si>
+  <si>
+    <t>00165500307</t>
+  </si>
+  <si>
+    <t>DI GIUSTO STRADE SRL</t>
+  </si>
+  <si>
+    <t>02114490309</t>
+  </si>
+  <si>
+    <t>03025300306</t>
+  </si>
+  <si>
+    <t>00193080306</t>
+  </si>
+  <si>
+    <t>DIRON LAVORI SRL</t>
+  </si>
+  <si>
+    <t>04452760285</t>
+  </si>
+  <si>
+    <t>E2B SRL</t>
+  </si>
+  <si>
+    <t>07835550158</t>
+  </si>
+  <si>
+    <t>EDITORIALE DOMUS SPA</t>
+  </si>
+  <si>
+    <t>12845550156</t>
+  </si>
+  <si>
+    <t>ENGECO SRL</t>
+  </si>
+  <si>
+    <t>97179100587</t>
+  </si>
+  <si>
+    <t>EUROFER</t>
+  </si>
+  <si>
+    <t>11459900962</t>
+  </si>
+  <si>
+    <t>GEATTI ARNALDO S.R.L.</t>
+  </si>
+  <si>
+    <t>01738310935</t>
+  </si>
+  <si>
+    <t>GEO+BAU SRL</t>
+  </si>
+  <si>
+    <t>02653720272</t>
+  </si>
+  <si>
+    <t>02242040265</t>
+  </si>
+  <si>
+    <t>01716540933</t>
+  </si>
+  <si>
+    <t>03329160273</t>
+  </si>
+  <si>
+    <t>G.P.S. SEGNALETICA SRL</t>
+  </si>
+  <si>
+    <t>01403840935</t>
+  </si>
+  <si>
+    <t>09743130156</t>
+  </si>
+  <si>
+    <t>HOWDEN SPA</t>
+  </si>
+  <si>
+    <t>00162760318</t>
+  </si>
+  <si>
+    <t>I.C.I. - IMPIANTI CIVILI E INDUSTRIALI - SOC. COOP. A R.L.</t>
+  </si>
+  <si>
+    <t>00198480261</t>
+  </si>
+  <si>
+    <t>00601710932</t>
+  </si>
+  <si>
+    <t>02629560307</t>
+  </si>
+  <si>
+    <t>ISES S.R.L.</t>
+  </si>
+  <si>
+    <t>02537300341</t>
+  </si>
+  <si>
+    <t>03515810541</t>
+  </si>
+  <si>
+    <t>01829100930</t>
+  </si>
+  <si>
+    <t>LS ENGINEERING &amp; SAFETY SRL</t>
+  </si>
+  <si>
+    <t>01275010930</t>
+  </si>
+  <si>
+    <t>94015790309</t>
+  </si>
+  <si>
+    <t>NET SPA</t>
+  </si>
+  <si>
+    <t>01092980323</t>
+  </si>
+  <si>
+    <t>NORMA SRL</t>
+  </si>
+  <si>
+    <t>03581140179</t>
+  </si>
+  <si>
+    <t>05545931007</t>
+  </si>
+  <si>
+    <t>ORSINI GROUP DIVISIONE IMBALLAGGI SRL</t>
+  </si>
+  <si>
+    <t>03817660230</t>
+  </si>
+  <si>
+    <t>P.B.S. S.R.L.</t>
+  </si>
+  <si>
+    <t>01672180385</t>
+  </si>
+  <si>
+    <t>01152940316</t>
+  </si>
+  <si>
+    <t>PANORAMA GEST SRL</t>
+  </si>
+  <si>
+    <t>01623330931</t>
+  </si>
+  <si>
+    <t>00635610934</t>
+  </si>
+  <si>
+    <t>PROJ.SYSTEM - STUDIO PROFESSIONALE ASSOCIATO -</t>
+  </si>
+  <si>
+    <t>00907100325</t>
+  </si>
+  <si>
+    <t>02338480300</t>
+  </si>
+  <si>
+    <t>01303530305</t>
+  </si>
+  <si>
+    <t>RTCB IMPIANTI SRL</t>
+  </si>
+  <si>
+    <t>03538970272</t>
+  </si>
+  <si>
+    <t>S.E.A. IMPIANTI SRL</t>
+  </si>
+  <si>
+    <t>13365760159</t>
+  </si>
+  <si>
+    <t>SAFETY21 SPA</t>
+  </si>
+  <si>
+    <t>15513981009</t>
+  </si>
+  <si>
+    <t>SIMUL NEWS SRL</t>
+  </si>
+  <si>
+    <t>10238291008</t>
+  </si>
+  <si>
+    <t>SNAM RETE GAS S.P.A.</t>
+  </si>
+  <si>
+    <t>06830030968</t>
+  </si>
+  <si>
+    <t>STONEX SRL</t>
+  </si>
+  <si>
+    <t>02418680308</t>
+  </si>
+  <si>
+    <t>STUDIO DI ARCHITETTURA E DI INGEGNERIA RIGO</t>
+  </si>
+  <si>
+    <t>01241170321</t>
+  </si>
+  <si>
+    <t>01947460307</t>
+  </si>
+  <si>
+    <t>02630650303</t>
+  </si>
+  <si>
+    <t>STUDIO ROSELLI E ASSOCIATI</t>
+  </si>
+  <si>
+    <t>01848280267</t>
+  </si>
+  <si>
+    <t>00999800329</t>
+  </si>
+  <si>
+    <t>T.Z. IMPIANTI ELETTRICI SNC DI MORENO TOMMASINI</t>
+  </si>
+  <si>
+    <t>01307690931</t>
+  </si>
+  <si>
+    <t>80007720271</t>
+  </si>
+  <si>
+    <t>03345230274</t>
+  </si>
+  <si>
+    <t>VENETO STRADE SPA</t>
+  </si>
+  <si>
+    <t>00665590303</t>
+  </si>
+  <si>
+    <t>VI.PE. SRL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2302,51 +2640,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="8" fillId="7" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2371,112 +2709,118 @@
     <xf numFmtId="0" fontId="7" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Migliaia 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale_Foglio1" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2700,83 +3044,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G240"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F242" sqref="F242"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.81640625" customWidth="1"/>
     <col min="2" max="2" width="96.81640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.7265625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.26953125" customWidth="1"/>
     <col min="7" max="7" width="11.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="45" t="s">
+      <c r="A1" s="40" t="s">
         <v>675</v>
       </c>
-      <c r="B1" s="46"/>
-[...2 lines deleted...]
-      <c r="F1" s="48" t="s">
+      <c r="B1" s="41"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="42"/>
+      <c r="F1" s="43" t="s">
         <v>122</v>
       </c>
-      <c r="G1" s="48"/>
+      <c r="G1" s="43"/>
     </row>
     <row r="2" spans="1:7" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>121</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="12">
         <v>2066970.58</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>282</v>
       </c>
@@ -6129,112 +6473,112 @@
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{150EB431-05C7-44E1-A609-B70993B8C8CB}">
   <dimension ref="A1:L204"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H18" sqref="H18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.453125" customWidth="1"/>
     <col min="3" max="3" width="14.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.1796875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.1796875" style="33" customWidth="1"/>
     <col min="6" max="6" width="17.54296875" customWidth="1"/>
     <col min="7" max="7" width="17.81640625" customWidth="1"/>
     <col min="8" max="8" width="31.453125" style="15" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.26953125" style="15" bestFit="1" customWidth="1"/>
     <col min="10" max="12" width="8.7265625" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="49" t="s">
+      <c r="A1" s="44" t="s">
         <v>674</v>
       </c>
-      <c r="B1" s="50"/>
-[...4 lines deleted...]
-      <c r="G1" s="51"/>
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="46"/>
+      <c r="F1" s="46"/>
+      <c r="G1" s="46"/>
     </row>
     <row r="2" spans="1:11" ht="29" x14ac:dyDescent="0.35">
       <c r="A2" s="16" t="s">
         <v>434</v>
       </c>
       <c r="B2" s="16" t="s">
         <v>435</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="16" t="s">
         <v>436</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>437</v>
       </c>
       <c r="F2" s="38" t="s">
         <v>438</v>
       </c>
       <c r="G2" s="39" t="s">
         <v>439</v>
       </c>
       <c r="H2" s="15" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="19" t="s">
         <v>441</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>442</v>
       </c>
       <c r="C3" s="21">
         <v>69</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E3" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F3" s="23">
         <v>2025</v>
       </c>
       <c r="G3" s="23">
         <v>2</v>
       </c>
-      <c r="H3" s="52" t="s">
+      <c r="H3" s="47" t="s">
         <v>445</v>
       </c>
-      <c r="I3" s="50"/>
+      <c r="I3" s="45"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A4" s="19" t="s">
         <v>446</v>
       </c>
       <c r="B4" s="20" t="s">
         <v>90</v>
       </c>
       <c r="C4" s="21">
         <v>425</v>
       </c>
       <c r="D4" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E4" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F4" s="23">
         <v>2025</v>
       </c>
       <c r="G4" s="23">
         <v>2</v>
       </c>
       <c r="H4" s="25" t="s">
         <v>447</v>
@@ -6328,54 +6672,54 @@
         <v>440</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A8" s="19" t="s">
         <v>455</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>456</v>
       </c>
       <c r="C8" s="21">
         <v>6500</v>
       </c>
       <c r="D8" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E8" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F8" s="23">
         <v>2025</v>
       </c>
       <c r="G8" s="23">
         <v>2</v>
       </c>
-      <c r="H8" s="53"/>
-[...2 lines deleted...]
-      <c r="K8" s="53"/>
+      <c r="H8" s="48"/>
+      <c r="I8" s="48"/>
+      <c r="J8" s="48"/>
+      <c r="K8" s="48"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>457</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>132</v>
       </c>
       <c r="C9" s="21">
         <v>285.56</v>
       </c>
       <c r="D9" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E9" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F9" s="23">
         <v>2025</v>
       </c>
       <c r="G9" s="23">
         <v>2</v>
       </c>
       <c r="H9" s="34"/>
       <c r="I9" s="35"/>
@@ -6463,54 +6807,54 @@
       <c r="J12" s="34"/>
       <c r="K12" s="34"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A13" s="19" t="s">
         <v>463</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>107</v>
       </c>
       <c r="C13" s="15">
         <v>17921.88</v>
       </c>
       <c r="D13" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E13" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F13" s="23">
         <v>2025</v>
       </c>
       <c r="G13" s="23">
         <v>2</v>
       </c>
-      <c r="H13" s="53"/>
-[...2 lines deleted...]
-      <c r="K13" s="53"/>
+      <c r="H13" s="48"/>
+      <c r="I13" s="48"/>
+      <c r="J13" s="48"/>
+      <c r="K13" s="48"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A14" s="30" t="s">
         <v>464</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>465</v>
       </c>
       <c r="C14" s="21">
         <v>89545.04</v>
       </c>
       <c r="D14" s="19" t="s">
         <v>452</v>
       </c>
       <c r="E14" s="22" t="s">
         <v>453</v>
       </c>
       <c r="F14" s="23">
         <v>2025</v>
       </c>
       <c r="G14" s="23">
         <v>2</v>
       </c>
       <c r="H14" s="34"/>
       <c r="I14" s="36"/>
@@ -6544,54 +6888,54 @@
       <c r="J15" s="34"/>
       <c r="K15" s="34"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A16" s="19" t="s">
         <v>466</v>
       </c>
       <c r="B16" s="22" t="s">
         <v>466</v>
       </c>
       <c r="C16" s="21">
         <v>10535.78</v>
       </c>
       <c r="D16" s="19" t="s">
         <v>452</v>
       </c>
       <c r="E16" s="22" t="s">
         <v>453</v>
       </c>
       <c r="F16" s="23">
         <v>2025</v>
       </c>
       <c r="G16" s="23">
         <v>2</v>
       </c>
-      <c r="H16" s="53"/>
-[...2 lines deleted...]
-      <c r="K16" s="53"/>
+      <c r="H16" s="48"/>
+      <c r="I16" s="48"/>
+      <c r="J16" s="48"/>
+      <c r="K16" s="48"/>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A17" s="19" t="s">
         <v>467</v>
       </c>
       <c r="B17" s="20" t="s">
         <v>88</v>
       </c>
       <c r="C17" s="21">
         <v>954.18000000000006</v>
       </c>
       <c r="D17" s="19" t="s">
         <v>443</v>
       </c>
       <c r="E17" s="22" t="s">
         <v>444</v>
       </c>
       <c r="F17" s="23">
         <v>2025</v>
       </c>
       <c r="G17" s="23">
         <v>2</v>
       </c>
       <c r="H17" s="34"/>
       <c r="I17" s="37"/>
@@ -10881,156 +11225,7267 @@
       </c>
     </row>
     <row r="204" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A204" s="15"/>
       <c r="B204" s="15"/>
       <c r="C204" s="14">
         <f>SUM(C3:C203)</f>
         <v>11721113.930000002</v>
       </c>
       <c r="D204" s="15"/>
       <c r="E204" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="H8:K8"/>
     <mergeCell ref="H13:K13"/>
     <mergeCell ref="H16:K16"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD509AB2-7DB7-476D-976D-34EA2DD3ED22}">
+  <dimension ref="A1:L251"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="P19" sqref="P19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="90.08984375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.26953125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="25.90625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="31" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="8.90625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="31.36328125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="14.26953125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A1" s="44" t="s">
+        <v>676</v>
+      </c>
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+      <c r="F1" s="46"/>
+      <c r="G1" s="46"/>
+      <c r="H1" s="46"/>
+      <c r="I1" s="15"/>
+      <c r="J1" s="15"/>
+      <c r="K1" s="15"/>
+      <c r="L1" s="15"/>
+    </row>
+    <row r="2" spans="1:12" ht="58" x14ac:dyDescent="0.35">
+      <c r="A2" s="16" t="s">
+        <v>434</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>435</v>
+      </c>
+      <c r="C2" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="17"/>
+      <c r="E2" s="16" t="s">
+        <v>436</v>
+      </c>
+      <c r="F2" s="18" t="s">
+        <v>437</v>
+      </c>
+      <c r="G2" s="54" t="s">
+        <v>438</v>
+      </c>
+      <c r="H2" s="55" t="s">
+        <v>439</v>
+      </c>
+      <c r="I2" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
+        <v>446</v>
+      </c>
+      <c r="B3" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" s="21">
+        <v>420</v>
+      </c>
+      <c r="D3" s="13"/>
+      <c r="E3" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F3" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G3" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H3" s="24">
+        <v>3</v>
+      </c>
+      <c r="I3" s="47" t="s">
+        <v>445</v>
+      </c>
+      <c r="J3" s="45"/>
+      <c r="K3" s="15"/>
+      <c r="L3" s="15"/>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
+        <v>455</v>
+      </c>
+      <c r="B4" s="20" t="s">
+        <v>456</v>
+      </c>
+      <c r="C4" s="21">
+        <v>6500</v>
+      </c>
+      <c r="D4" s="13"/>
+      <c r="E4" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F4" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G4" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H4" s="24">
+        <v>3</v>
+      </c>
+      <c r="I4" s="25" t="s">
+        <v>447</v>
+      </c>
+      <c r="J4" s="26">
+        <v>3206204.5199999996</v>
+      </c>
+      <c r="K4" s="15"/>
+      <c r="L4" s="27"/>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A5" s="19" t="s">
+        <v>457</v>
+      </c>
+      <c r="B5" s="20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C5" s="21">
+        <v>171.23</v>
+      </c>
+      <c r="D5" s="13"/>
+      <c r="E5" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F5" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G5" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H5" s="24">
+        <v>3</v>
+      </c>
+      <c r="I5" s="25" t="s">
+        <v>450</v>
+      </c>
+      <c r="J5" s="26">
+        <v>7607463.2300000014</v>
+      </c>
+      <c r="K5" s="15"/>
+      <c r="L5" s="27"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A6" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B6" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C6" s="21"/>
+      <c r="D6" s="21">
+        <v>150.19999999999999</v>
+      </c>
+      <c r="E6" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F6" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G6" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H6" s="24">
+        <v>3</v>
+      </c>
+      <c r="I6" s="28"/>
+      <c r="J6" s="29">
+        <v>10813667.75</v>
+      </c>
+      <c r="K6" s="15"/>
+      <c r="L6" s="27"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A7" s="19" t="s">
+        <v>459</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>460</v>
+      </c>
+      <c r="C7" s="21">
+        <v>961.29</v>
+      </c>
+      <c r="D7" s="13"/>
+      <c r="E7" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F7" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G7" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H7" s="24">
+        <v>3</v>
+      </c>
+      <c r="I7" s="15"/>
+      <c r="J7" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="K7" s="15"/>
+      <c r="L7" s="15"/>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
+        <v>461</v>
+      </c>
+      <c r="B8" s="20" t="s">
+        <v>462</v>
+      </c>
+      <c r="C8" s="21">
+        <v>172553.8</v>
+      </c>
+      <c r="D8" s="13"/>
+      <c r="E8" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F8" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G8" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H8" s="24">
+        <v>3</v>
+      </c>
+      <c r="I8" s="15"/>
+      <c r="J8" s="15"/>
+      <c r="K8" s="15"/>
+      <c r="L8" s="15"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
+        <v>463</v>
+      </c>
+      <c r="B9" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C9" s="21">
+        <v>17109.53</v>
+      </c>
+      <c r="D9" s="13"/>
+      <c r="E9" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F9" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G9" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H9" s="24">
+        <v>3</v>
+      </c>
+      <c r="I9" s="15"/>
+      <c r="J9" s="15"/>
+      <c r="K9" s="15"/>
+      <c r="L9" s="15"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
+        <v>677</v>
+      </c>
+      <c r="B10" s="20" t="s">
+        <v>678</v>
+      </c>
+      <c r="C10" s="21">
+        <v>7490.98</v>
+      </c>
+      <c r="D10" s="13" t="s">
+        <v>440</v>
+      </c>
+      <c r="E10" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F10" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G10" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H10" s="24">
+        <v>3</v>
+      </c>
+      <c r="I10" s="15"/>
+      <c r="J10" s="15"/>
+      <c r="K10" s="15"/>
+      <c r="L10" s="15"/>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
+        <v>677</v>
+      </c>
+      <c r="B11" s="20" t="s">
+        <v>678</v>
+      </c>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21">
+        <v>10986.24</v>
+      </c>
+      <c r="E11" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F11" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G11" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H11" s="24">
+        <v>3</v>
+      </c>
+      <c r="I11" s="15"/>
+      <c r="J11" s="15"/>
+      <c r="K11" s="15"/>
+      <c r="L11" s="15"/>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="19" t="s">
+        <v>467</v>
+      </c>
+      <c r="B12" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" s="21">
+        <v>980.16000000000008</v>
+      </c>
+      <c r="D12" s="21"/>
+      <c r="E12" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F12" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G12" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H12" s="24">
+        <v>3</v>
+      </c>
+      <c r="I12" s="15"/>
+      <c r="J12" s="15"/>
+      <c r="K12" s="15"/>
+      <c r="L12" s="15"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B13" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C13" s="21"/>
+      <c r="D13" s="21">
+        <v>120</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F13" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G13" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H13" s="24">
+        <v>3</v>
+      </c>
+      <c r="I13" s="15"/>
+      <c r="J13" s="15"/>
+      <c r="K13" s="15"/>
+      <c r="L13" s="15"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B14" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C14" s="21"/>
+      <c r="D14" s="21">
+        <v>3467.5</v>
+      </c>
+      <c r="E14" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F14" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G14" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H14" s="24">
+        <v>3</v>
+      </c>
+      <c r="I14" s="15"/>
+      <c r="J14" s="15"/>
+      <c r="K14" s="15"/>
+      <c r="L14" s="15"/>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B15" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C15" s="21">
+        <v>3061.9</v>
+      </c>
+      <c r="D15" s="21"/>
+      <c r="E15" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F15" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G15" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H15" s="24">
+        <v>3</v>
+      </c>
+      <c r="I15" s="15"/>
+      <c r="J15" s="15"/>
+      <c r="K15" s="15"/>
+      <c r="L15" s="15"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="19" t="s">
+        <v>472</v>
+      </c>
+      <c r="B16" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="21"/>
+      <c r="D16" s="21">
+        <v>3330</v>
+      </c>
+      <c r="E16" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F16" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G16" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H16" s="24">
+        <v>3</v>
+      </c>
+      <c r="I16" s="15"/>
+      <c r="J16" s="15"/>
+      <c r="K16" s="15"/>
+      <c r="L16" s="15"/>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
+        <v>474</v>
+      </c>
+      <c r="B17" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="21">
+        <v>10425.799999999999</v>
+      </c>
+      <c r="D17" s="21"/>
+      <c r="E17" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F17" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G17" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H17" s="24">
+        <v>3</v>
+      </c>
+      <c r="I17" s="15"/>
+      <c r="J17" s="15"/>
+      <c r="K17" s="15"/>
+      <c r="L17" s="15"/>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B18" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C18" s="21"/>
+      <c r="D18" s="21">
+        <v>642</v>
+      </c>
+      <c r="E18" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F18" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G18" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H18" s="24">
+        <v>3</v>
+      </c>
+      <c r="I18" s="15"/>
+      <c r="J18" s="15"/>
+      <c r="K18" s="15"/>
+      <c r="L18" s="15"/>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B19" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C19" s="21"/>
+      <c r="D19" s="21">
+        <v>264</v>
+      </c>
+      <c r="E19" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F19" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G19" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H19" s="24">
+        <v>3</v>
+      </c>
+      <c r="I19" s="15"/>
+      <c r="J19" s="15"/>
+      <c r="K19" s="15"/>
+      <c r="L19" s="15"/>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="19" t="s">
+        <v>477</v>
+      </c>
+      <c r="B20" s="20" t="s">
+        <v>478</v>
+      </c>
+      <c r="C20" s="21"/>
+      <c r="D20" s="21">
+        <v>18969.61</v>
+      </c>
+      <c r="E20" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F20" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G20" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H20" s="24">
+        <v>3</v>
+      </c>
+      <c r="I20" s="15"/>
+      <c r="J20" s="15"/>
+      <c r="K20" s="15"/>
+      <c r="L20" s="15"/>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="19" t="s">
+        <v>479</v>
+      </c>
+      <c r="B21" s="20" t="s">
+        <v>480</v>
+      </c>
+      <c r="C21" s="21">
+        <v>185</v>
+      </c>
+      <c r="D21" s="21"/>
+      <c r="E21" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F21" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G21" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H21" s="24">
+        <v>3</v>
+      </c>
+      <c r="I21" s="15"/>
+      <c r="J21" s="15"/>
+      <c r="K21" s="15"/>
+      <c r="L21" s="15"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="19" t="s">
+        <v>481</v>
+      </c>
+      <c r="B22" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C22" s="21">
+        <v>303.27999999999997</v>
+      </c>
+      <c r="D22" s="21"/>
+      <c r="E22" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F22" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G22" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H22" s="24">
+        <v>3</v>
+      </c>
+      <c r="I22" s="15"/>
+      <c r="J22" s="15"/>
+      <c r="K22" s="15"/>
+      <c r="L22" s="15"/>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="19" t="s">
+        <v>482</v>
+      </c>
+      <c r="B23" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="21">
+        <v>397.96</v>
+      </c>
+      <c r="D23" s="21"/>
+      <c r="E23" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F23" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G23" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H23" s="24">
+        <v>3</v>
+      </c>
+      <c r="I23" s="15"/>
+      <c r="J23" s="15"/>
+      <c r="K23" s="15"/>
+      <c r="L23" s="15"/>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="19" t="s">
+        <v>483</v>
+      </c>
+      <c r="B24" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="21"/>
+      <c r="D24" s="21">
+        <v>23374.55</v>
+      </c>
+      <c r="E24" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F24" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G24" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H24" s="24">
+        <v>3</v>
+      </c>
+      <c r="I24" s="15"/>
+      <c r="J24" s="15"/>
+      <c r="K24" s="15"/>
+      <c r="L24" s="15"/>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="19" t="s">
+        <v>680</v>
+      </c>
+      <c r="B25" s="20" t="s">
+        <v>681</v>
+      </c>
+      <c r="C25" s="21">
+        <v>28000</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F25" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G25" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H25" s="24">
+        <v>3</v>
+      </c>
+      <c r="I25" s="15"/>
+      <c r="J25" s="15"/>
+      <c r="K25" s="15"/>
+      <c r="L25" s="15"/>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="B26" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" s="21">
+        <v>39854.94</v>
+      </c>
+      <c r="D26" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F26" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G26" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H26" s="24">
+        <v>3</v>
+      </c>
+      <c r="I26" s="15"/>
+      <c r="J26" s="15"/>
+      <c r="K26" s="15"/>
+      <c r="L26" s="15"/>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="B27" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D27" s="21">
+        <v>17200</v>
+      </c>
+      <c r="E27" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F27" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G27" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H27" s="24">
+        <v>3</v>
+      </c>
+      <c r="I27" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="J27" s="15"/>
+      <c r="K27" s="15"/>
+      <c r="L27" s="15"/>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C28" s="21"/>
+      <c r="D28" s="21">
+        <v>1438.2</v>
+      </c>
+      <c r="E28" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F28" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G28" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H28" s="24">
+        <v>3</v>
+      </c>
+      <c r="I28" s="15"/>
+      <c r="J28" s="15"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="15"/>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C29" s="21"/>
+      <c r="D29" s="21">
+        <v>57</v>
+      </c>
+      <c r="E29" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F29" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G29" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H29" s="24">
+        <v>3</v>
+      </c>
+      <c r="I29" s="15"/>
+      <c r="J29" s="15"/>
+      <c r="K29" s="15"/>
+      <c r="L29" s="15"/>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C30" s="21"/>
+      <c r="D30" s="21">
+        <v>2390.4700000000003</v>
+      </c>
+      <c r="E30" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F30" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G30" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H30" s="24">
+        <v>3</v>
+      </c>
+      <c r="I30" s="15"/>
+      <c r="J30" s="15"/>
+      <c r="K30" s="15"/>
+      <c r="L30" s="15"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
+        <v>682</v>
+      </c>
+      <c r="B31" s="20" t="s">
+        <v>332</v>
+      </c>
+      <c r="C31" s="21"/>
+      <c r="D31" s="21">
+        <v>345593.33</v>
+      </c>
+      <c r="E31" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F31" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G31" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H31" s="24">
+        <v>3</v>
+      </c>
+      <c r="I31" s="15"/>
+      <c r="J31" s="15"/>
+      <c r="K31" s="15"/>
+      <c r="L31" s="15"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C32" s="21"/>
+      <c r="D32" s="21">
+        <v>10503.380000000001</v>
+      </c>
+      <c r="E32" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F32" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G32" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H32" s="24">
+        <v>3</v>
+      </c>
+      <c r="I32" s="15"/>
+      <c r="J32" s="15"/>
+      <c r="K32" s="15"/>
+      <c r="L32" s="15"/>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B33" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C33" s="21"/>
+      <c r="D33" s="21">
+        <v>7325.7</v>
+      </c>
+      <c r="E33" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F33" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G33" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H33" s="24">
+        <v>3</v>
+      </c>
+      <c r="I33" s="15"/>
+      <c r="J33" s="31"/>
+      <c r="K33" s="15"/>
+      <c r="L33" s="15"/>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
+        <v>683</v>
+      </c>
+      <c r="B34" s="20" t="s">
+        <v>684</v>
+      </c>
+      <c r="C34" s="21">
+        <v>1620</v>
+      </c>
+      <c r="D34" s="21"/>
+      <c r="E34" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F34" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G34" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H34" s="24">
+        <v>3</v>
+      </c>
+      <c r="I34" s="15"/>
+      <c r="J34" s="15"/>
+      <c r="K34" s="15"/>
+      <c r="L34" s="15"/>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="19" t="s">
+        <v>685</v>
+      </c>
+      <c r="B35" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="21">
+        <v>46571.46</v>
+      </c>
+      <c r="D35" s="21"/>
+      <c r="E35" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F35" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G35" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H35" s="24">
+        <v>3</v>
+      </c>
+      <c r="I35" s="15"/>
+      <c r="J35" s="15"/>
+      <c r="K35" s="15"/>
+      <c r="L35" s="15"/>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B36" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C36" s="21"/>
+      <c r="D36" s="21">
+        <v>7565.47</v>
+      </c>
+      <c r="E36" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F36" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G36" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H36" s="24">
+        <v>3</v>
+      </c>
+      <c r="I36" s="15"/>
+      <c r="J36" s="15"/>
+      <c r="K36" s="15"/>
+      <c r="L36" s="15"/>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B37" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C37" s="21">
+        <v>90.91</v>
+      </c>
+      <c r="D37" s="21"/>
+      <c r="E37" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F37" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G37" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H37" s="24">
+        <v>3</v>
+      </c>
+      <c r="I37" s="15"/>
+      <c r="J37" s="15"/>
+      <c r="K37" s="15"/>
+      <c r="L37" s="15"/>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B38" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C38" s="21">
+        <v>10388.74</v>
+      </c>
+      <c r="D38" s="21"/>
+      <c r="E38" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F38" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G38" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H38" s="24">
+        <v>3</v>
+      </c>
+      <c r="I38" s="15"/>
+      <c r="J38" s="15"/>
+      <c r="K38" s="15"/>
+      <c r="L38" s="15"/>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="19" t="s">
+        <v>686</v>
+      </c>
+      <c r="B39" s="20" t="s">
+        <v>337</v>
+      </c>
+      <c r="C39" s="21">
+        <v>61041.24</v>
+      </c>
+      <c r="D39" s="21"/>
+      <c r="E39" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F39" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G39" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H39" s="24">
+        <v>3</v>
+      </c>
+      <c r="I39" s="15"/>
+      <c r="J39" s="15"/>
+      <c r="K39" s="15"/>
+      <c r="L39" s="15"/>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C40" s="21"/>
+      <c r="D40" s="21">
+        <v>3043.23</v>
+      </c>
+      <c r="E40" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F40" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G40" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H40" s="24">
+        <v>3</v>
+      </c>
+      <c r="I40" s="15"/>
+      <c r="J40" s="15"/>
+      <c r="K40" s="15"/>
+      <c r="L40" s="15"/>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="19" t="s">
+        <v>687</v>
+      </c>
+      <c r="B41" s="20" t="s">
+        <v>688</v>
+      </c>
+      <c r="C41" s="21"/>
+      <c r="D41" s="21">
+        <v>6046.97</v>
+      </c>
+      <c r="E41" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F41" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G41" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H41" s="24">
+        <v>3</v>
+      </c>
+      <c r="I41" s="15"/>
+      <c r="J41" s="15"/>
+      <c r="K41" s="15"/>
+      <c r="L41" s="15"/>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C42" s="21"/>
+      <c r="D42" s="21">
+        <v>450.6</v>
+      </c>
+      <c r="E42" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F42" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G42" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H42" s="24">
+        <v>3</v>
+      </c>
+      <c r="I42" s="15"/>
+      <c r="J42" s="15"/>
+      <c r="K42" s="15"/>
+      <c r="L42" s="15"/>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C43" s="21"/>
+      <c r="D43" s="21">
+        <v>150.19999999999999</v>
+      </c>
+      <c r="E43" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F43" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G43" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H43" s="24">
+        <v>3</v>
+      </c>
+      <c r="I43" s="15"/>
+      <c r="J43" s="15"/>
+      <c r="K43" s="15"/>
+      <c r="L43" s="15"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A44" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B44" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C44" s="21"/>
+      <c r="D44" s="21">
+        <v>150.19999999999999</v>
+      </c>
+      <c r="E44" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F44" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G44" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H44" s="24">
+        <v>3</v>
+      </c>
+      <c r="I44" s="15"/>
+      <c r="J44" s="15"/>
+      <c r="K44" s="15"/>
+      <c r="L44" s="15"/>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A45" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="B45" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" s="21">
+        <v>205.42000000000002</v>
+      </c>
+      <c r="D45" s="21"/>
+      <c r="E45" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F45" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G45" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H45" s="24">
+        <v>3</v>
+      </c>
+      <c r="I45" s="15"/>
+      <c r="J45" s="15"/>
+      <c r="K45" s="15"/>
+      <c r="L45" s="15"/>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B46" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C46" s="21"/>
+      <c r="D46" s="21">
+        <v>6604.88</v>
+      </c>
+      <c r="E46" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F46" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G46" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H46" s="24">
+        <v>3</v>
+      </c>
+      <c r="I46" s="15"/>
+      <c r="J46" s="15"/>
+      <c r="K46" s="15"/>
+      <c r="L46" s="15"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B47" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C47" s="21">
+        <v>3991.71</v>
+      </c>
+      <c r="D47" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E47" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F47" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G47" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H47" s="24">
+        <v>3</v>
+      </c>
+      <c r="I47" s="15"/>
+      <c r="J47" s="15"/>
+      <c r="K47" s="15"/>
+      <c r="L47" s="15"/>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A48" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B48" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D48" s="21">
+        <v>2430.1999999999998</v>
+      </c>
+      <c r="E48" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F48" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G48" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H48" s="24">
+        <v>3</v>
+      </c>
+      <c r="I48" s="15"/>
+      <c r="J48" s="15"/>
+      <c r="K48" s="15"/>
+      <c r="L48" s="15"/>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A49" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B49" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C49" s="21">
+        <v>3984.57</v>
+      </c>
+      <c r="D49" s="21"/>
+      <c r="E49" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F49" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G49" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H49" s="24">
+        <v>3</v>
+      </c>
+      <c r="I49" s="15"/>
+      <c r="J49" s="15"/>
+      <c r="K49" s="15"/>
+      <c r="L49" s="15"/>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A50" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B50" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C50" s="21">
+        <v>40614.400000000001</v>
+      </c>
+      <c r="D50" s="21"/>
+      <c r="E50" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F50" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G50" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H50" s="24">
+        <v>3</v>
+      </c>
+      <c r="I50" s="15"/>
+      <c r="J50" s="15"/>
+      <c r="K50" s="15"/>
+      <c r="L50" s="15"/>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A51" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B51" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C51" s="21"/>
+      <c r="D51" s="21">
+        <v>5890.77</v>
+      </c>
+      <c r="E51" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F51" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G51" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H51" s="24">
+        <v>3</v>
+      </c>
+      <c r="I51" s="15"/>
+      <c r="J51" s="15"/>
+      <c r="K51" s="15"/>
+      <c r="L51" s="15"/>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A52" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B52" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C52" s="21"/>
+      <c r="D52" s="21">
+        <v>19929.349999999999</v>
+      </c>
+      <c r="E52" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F52" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G52" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H52" s="24">
+        <v>3</v>
+      </c>
+      <c r="I52" s="15"/>
+      <c r="J52" s="15"/>
+      <c r="K52" s="15"/>
+      <c r="L52" s="15"/>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A53" s="19" t="s">
+        <v>493</v>
+      </c>
+      <c r="B53" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C53" s="21">
+        <v>2653.2000000000003</v>
+      </c>
+      <c r="D53" s="21"/>
+      <c r="E53" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F53" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G53" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H53" s="24">
+        <v>3</v>
+      </c>
+      <c r="I53" s="15"/>
+      <c r="J53" s="15"/>
+      <c r="K53" s="15"/>
+      <c r="L53" s="15"/>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A54" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B54" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C54" s="21">
+        <v>213.4</v>
+      </c>
+      <c r="D54" s="21"/>
+      <c r="E54" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F54" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G54" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H54" s="24">
+        <v>3</v>
+      </c>
+      <c r="I54" s="15"/>
+      <c r="J54" s="15"/>
+      <c r="K54" s="15"/>
+      <c r="L54" s="15"/>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A55" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B55" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C55" s="21">
+        <v>4158.5</v>
+      </c>
+      <c r="D55" s="21"/>
+      <c r="E55" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F55" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G55" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H55" s="24">
+        <v>3</v>
+      </c>
+      <c r="I55" s="15"/>
+      <c r="J55" s="15"/>
+      <c r="K55" s="15"/>
+      <c r="L55" s="15"/>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A56" s="19" t="s">
+        <v>689</v>
+      </c>
+      <c r="B56" s="20" t="s">
+        <v>234</v>
+      </c>
+      <c r="C56" s="21">
+        <v>145</v>
+      </c>
+      <c r="D56" s="21"/>
+      <c r="E56" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F56" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G56" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H56" s="24">
+        <v>3</v>
+      </c>
+      <c r="I56" s="15"/>
+      <c r="J56" s="15"/>
+      <c r="K56" s="15"/>
+      <c r="L56" s="15"/>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A57" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B57" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C57" s="21">
+        <v>6234.67</v>
+      </c>
+      <c r="D57" s="21"/>
+      <c r="E57" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F57" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G57" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H57" s="24">
+        <v>3</v>
+      </c>
+      <c r="I57" s="15"/>
+      <c r="J57" s="15"/>
+      <c r="K57" s="15"/>
+      <c r="L57" s="15"/>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A58" s="19" t="s">
+        <v>690</v>
+      </c>
+      <c r="B58" s="20" t="s">
+        <v>691</v>
+      </c>
+      <c r="C58" s="21"/>
+      <c r="D58" s="21">
+        <v>22377.72</v>
+      </c>
+      <c r="E58" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F58" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G58" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H58" s="24">
+        <v>3</v>
+      </c>
+      <c r="I58" s="15"/>
+      <c r="J58" s="15"/>
+      <c r="K58" s="15"/>
+      <c r="L58" s="15"/>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A59" s="19" t="s">
+        <v>496</v>
+      </c>
+      <c r="B59" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C59" s="21">
+        <v>1259.96</v>
+      </c>
+      <c r="D59" s="21"/>
+      <c r="E59" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F59" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G59" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H59" s="24">
+        <v>3</v>
+      </c>
+      <c r="I59" s="15"/>
+      <c r="J59" s="15"/>
+      <c r="K59" s="15"/>
+      <c r="L59" s="15"/>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A60" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B60" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C60" s="21">
+        <v>6482.17</v>
+      </c>
+      <c r="D60" s="21"/>
+      <c r="E60" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F60" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G60" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H60" s="24">
+        <v>3</v>
+      </c>
+      <c r="I60" s="15"/>
+      <c r="J60" s="15"/>
+      <c r="K60" s="15"/>
+      <c r="L60" s="15"/>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A61" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B61" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C61" s="21"/>
+      <c r="D61" s="21">
+        <v>811.56</v>
+      </c>
+      <c r="E61" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F61" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G61" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H61" s="24">
+        <v>3</v>
+      </c>
+      <c r="I61" s="15"/>
+      <c r="J61" s="15"/>
+      <c r="K61" s="15"/>
+      <c r="L61" s="15"/>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A62" s="19" t="s">
+        <v>499</v>
+      </c>
+      <c r="B62" s="20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C62" s="21">
+        <v>314523.87</v>
+      </c>
+      <c r="D62" s="21"/>
+      <c r="E62" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F62" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G62" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H62" s="24">
+        <v>3</v>
+      </c>
+      <c r="I62" s="15"/>
+      <c r="J62" s="15"/>
+      <c r="K62" s="15"/>
+      <c r="L62" s="15"/>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A63" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="B63" s="20" t="s">
+        <v>501</v>
+      </c>
+      <c r="C63" s="21">
+        <v>51075.07</v>
+      </c>
+      <c r="D63" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E63" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F63" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G63" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H63" s="24">
+        <v>3</v>
+      </c>
+      <c r="I63" s="15"/>
+      <c r="J63" s="15"/>
+      <c r="K63" s="15"/>
+      <c r="L63" s="15"/>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A64" s="19" t="s">
+        <v>500</v>
+      </c>
+      <c r="B64" s="20" t="s">
+        <v>501</v>
+      </c>
+      <c r="C64" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D64" s="21">
+        <v>233100</v>
+      </c>
+      <c r="E64" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F64" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G64" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H64" s="24">
+        <v>3</v>
+      </c>
+      <c r="I64" s="15"/>
+      <c r="J64" s="15"/>
+      <c r="K64" s="15"/>
+      <c r="L64" s="15"/>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A65" s="19" t="s">
+        <v>692</v>
+      </c>
+      <c r="B65" s="20" t="s">
+        <v>693</v>
+      </c>
+      <c r="C65" s="21">
+        <v>733.76</v>
+      </c>
+      <c r="D65" s="21"/>
+      <c r="E65" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F65" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G65" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H65" s="24">
+        <v>3</v>
+      </c>
+      <c r="I65" s="15"/>
+      <c r="J65" s="15"/>
+      <c r="K65" s="15"/>
+      <c r="L65" s="15"/>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A66" s="19" t="s">
+        <v>506</v>
+      </c>
+      <c r="B66" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C66" s="21">
+        <v>335.05</v>
+      </c>
+      <c r="D66" s="21"/>
+      <c r="E66" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F66" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G66" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H66" s="24">
+        <v>3</v>
+      </c>
+      <c r="I66" s="15"/>
+      <c r="J66" s="15"/>
+      <c r="K66" s="15"/>
+      <c r="L66" s="15"/>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A67" s="19" t="s">
+        <v>694</v>
+      </c>
+      <c r="B67" s="20" t="s">
+        <v>695</v>
+      </c>
+      <c r="C67" s="21">
+        <v>2500</v>
+      </c>
+      <c r="D67" s="21"/>
+      <c r="E67" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F67" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G67" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H67" s="24">
+        <v>3</v>
+      </c>
+      <c r="I67" s="15"/>
+      <c r="J67" s="15"/>
+      <c r="K67" s="15"/>
+      <c r="L67" s="15"/>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A68" s="19" t="s">
+        <v>696</v>
+      </c>
+      <c r="B68" s="20" t="s">
+        <v>228</v>
+      </c>
+      <c r="C68" s="21">
+        <v>118477</v>
+      </c>
+      <c r="D68" s="21"/>
+      <c r="E68" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F68" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G68" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H68" s="24">
+        <v>3</v>
+      </c>
+      <c r="I68" s="15"/>
+      <c r="J68" s="15"/>
+      <c r="K68" s="15"/>
+      <c r="L68" s="15"/>
+    </row>
+    <row r="69" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A69" s="19" t="s">
+        <v>697</v>
+      </c>
+      <c r="B69" s="20" t="s">
+        <v>698</v>
+      </c>
+      <c r="C69" s="21">
+        <v>16371.78</v>
+      </c>
+      <c r="D69" s="21"/>
+      <c r="E69" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F69" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G69" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H69" s="24">
+        <v>3</v>
+      </c>
+      <c r="I69" s="15"/>
+      <c r="J69" s="15"/>
+      <c r="K69" s="15"/>
+      <c r="L69" s="15"/>
+    </row>
+    <row r="70" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A70" s="19" t="s">
+        <v>507</v>
+      </c>
+      <c r="B70" s="20" t="s">
+        <v>351</v>
+      </c>
+      <c r="C70" s="21"/>
+      <c r="D70" s="21">
+        <v>26472.54</v>
+      </c>
+      <c r="E70" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F70" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G70" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H70" s="24">
+        <v>3</v>
+      </c>
+      <c r="I70" s="15"/>
+      <c r="J70" s="15"/>
+      <c r="K70" s="15"/>
+      <c r="L70" s="15"/>
+    </row>
+    <row r="71" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A71" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B71" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C71" s="21">
+        <v>7841</v>
+      </c>
+      <c r="D71" s="21"/>
+      <c r="E71" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F71" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G71" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H71" s="24">
+        <v>3</v>
+      </c>
+      <c r="I71" s="15"/>
+      <c r="J71" s="15"/>
+      <c r="K71" s="15"/>
+      <c r="L71" s="15"/>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A72" s="19" t="s">
+        <v>508</v>
+      </c>
+      <c r="B72" s="20" t="s">
+        <v>699</v>
+      </c>
+      <c r="C72" s="21"/>
+      <c r="D72" s="21">
+        <v>53199.63</v>
+      </c>
+      <c r="E72" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F72" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G72" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H72" s="24">
+        <v>3</v>
+      </c>
+      <c r="I72" s="15"/>
+      <c r="J72" s="15"/>
+      <c r="K72" s="15"/>
+      <c r="L72" s="15"/>
+    </row>
+    <row r="73" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A73" s="19" t="s">
+        <v>700</v>
+      </c>
+      <c r="B73" s="20" t="s">
+        <v>701</v>
+      </c>
+      <c r="C73" s="21">
+        <v>8893.75</v>
+      </c>
+      <c r="D73" s="21"/>
+      <c r="E73" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F73" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G73" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H73" s="24">
+        <v>3</v>
+      </c>
+      <c r="I73" s="15"/>
+      <c r="J73" s="15"/>
+      <c r="K73" s="15"/>
+      <c r="L73" s="15"/>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A74" s="19" t="s">
+        <v>702</v>
+      </c>
+      <c r="B74" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C74" s="21">
+        <v>38704.800000000003</v>
+      </c>
+      <c r="D74" s="21"/>
+      <c r="E74" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F74" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G74" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H74" s="24">
+        <v>3</v>
+      </c>
+      <c r="I74" s="15"/>
+      <c r="J74" s="15"/>
+      <c r="K74" s="15"/>
+      <c r="L74" s="15"/>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A75" s="19" t="s">
+        <v>703</v>
+      </c>
+      <c r="B75" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C75" s="21">
+        <v>519.36</v>
+      </c>
+      <c r="D75" s="21"/>
+      <c r="E75" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F75" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G75" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H75" s="24">
+        <v>3</v>
+      </c>
+      <c r="I75" s="15"/>
+      <c r="J75" s="15"/>
+      <c r="K75" s="15"/>
+      <c r="L75" s="15"/>
+    </row>
+    <row r="76" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A76" s="19" t="s">
+        <v>704</v>
+      </c>
+      <c r="B76" s="20" t="s">
+        <v>705</v>
+      </c>
+      <c r="C76" s="21">
+        <v>125</v>
+      </c>
+      <c r="D76" s="21"/>
+      <c r="E76" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F76" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G76" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H76" s="24">
+        <v>3</v>
+      </c>
+      <c r="I76" s="15"/>
+      <c r="J76" s="15"/>
+      <c r="K76" s="15"/>
+      <c r="L76" s="15"/>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A77" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B77" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C77" s="21"/>
+      <c r="D77" s="21">
+        <v>3206.51</v>
+      </c>
+      <c r="E77" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F77" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G77" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H77" s="24">
+        <v>3</v>
+      </c>
+      <c r="I77" s="15"/>
+      <c r="J77" s="15"/>
+      <c r="K77" s="15"/>
+      <c r="L77" s="15"/>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A78" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B78" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C78" s="21"/>
+      <c r="D78" s="21">
+        <v>3662.84</v>
+      </c>
+      <c r="E78" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F78" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G78" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H78" s="24">
+        <v>3</v>
+      </c>
+      <c r="I78" s="15"/>
+      <c r="J78" s="15"/>
+      <c r="K78" s="15"/>
+      <c r="L78" s="15"/>
+    </row>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A79" s="19" t="s">
+        <v>516</v>
+      </c>
+      <c r="B79" s="20" t="s">
+        <v>517</v>
+      </c>
+      <c r="C79" s="21">
+        <v>221.32999999999998</v>
+      </c>
+      <c r="D79" s="21"/>
+      <c r="E79" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F79" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G79" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H79" s="24">
+        <v>3</v>
+      </c>
+      <c r="I79" s="15"/>
+      <c r="J79" s="15"/>
+      <c r="K79" s="15"/>
+      <c r="L79" s="15"/>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A80" s="19" t="s">
+        <v>518</v>
+      </c>
+      <c r="B80" s="20" t="s">
+        <v>301</v>
+      </c>
+      <c r="C80" s="21">
+        <v>2305.92</v>
+      </c>
+      <c r="D80" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E80" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F80" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G80" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H80" s="24">
+        <v>3</v>
+      </c>
+      <c r="I80" s="15"/>
+      <c r="J80" s="15"/>
+      <c r="K80" s="15"/>
+      <c r="L80" s="15"/>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A81" s="19" t="s">
+        <v>518</v>
+      </c>
+      <c r="B81" s="20" t="s">
+        <v>301</v>
+      </c>
+      <c r="C81" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D81" s="21">
+        <v>340400</v>
+      </c>
+      <c r="E81" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F81" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G81" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H81" s="24">
+        <v>3</v>
+      </c>
+      <c r="I81" s="15"/>
+      <c r="J81" s="15"/>
+      <c r="K81" s="15"/>
+      <c r="L81" s="15"/>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A82" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B82" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C82" s="21"/>
+      <c r="D82" s="21">
+        <v>18234.86</v>
+      </c>
+      <c r="E82" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F82" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G82" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H82" s="24">
+        <v>3</v>
+      </c>
+      <c r="I82" s="15"/>
+      <c r="J82" s="15"/>
+      <c r="K82" s="15"/>
+      <c r="L82" s="15"/>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A83" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B83" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C83" s="21"/>
+      <c r="D83" s="21">
+        <v>630.47</v>
+      </c>
+      <c r="E83" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F83" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G83" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H83" s="24">
+        <v>3</v>
+      </c>
+      <c r="I83" s="15"/>
+      <c r="J83" s="15"/>
+      <c r="K83" s="15"/>
+      <c r="L83" s="15"/>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A84" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B84" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C84" s="21"/>
+      <c r="D84" s="21">
+        <v>83.12</v>
+      </c>
+      <c r="E84" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F84" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G84" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H84" s="24">
+        <v>3</v>
+      </c>
+      <c r="I84" s="15"/>
+      <c r="J84" s="15"/>
+      <c r="K84" s="15"/>
+      <c r="L84" s="15"/>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A85" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B85" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C85" s="21"/>
+      <c r="D85" s="21">
+        <v>83.12</v>
+      </c>
+      <c r="E85" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F85" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G85" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H85" s="24">
+        <v>3</v>
+      </c>
+      <c r="I85" s="15"/>
+      <c r="J85" s="15"/>
+      <c r="K85" s="15"/>
+      <c r="L85" s="15"/>
+    </row>
+    <row r="86" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A86" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B86" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C86" s="21"/>
+      <c r="D86" s="21">
+        <v>315.23</v>
+      </c>
+      <c r="E86" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F86" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G86" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H86" s="24">
+        <v>3</v>
+      </c>
+      <c r="I86" s="15"/>
+      <c r="J86" s="15"/>
+      <c r="K86" s="15"/>
+      <c r="L86" s="15"/>
+    </row>
+    <row r="87" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A87" s="19" t="s">
+        <v>706</v>
+      </c>
+      <c r="B87" s="20" t="s">
+        <v>357</v>
+      </c>
+      <c r="C87" s="21">
+        <v>31917.54</v>
+      </c>
+      <c r="D87" s="21"/>
+      <c r="E87" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F87" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G87" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H87" s="24">
+        <v>3</v>
+      </c>
+      <c r="I87" s="15"/>
+      <c r="J87" s="15"/>
+      <c r="K87" s="15"/>
+      <c r="L87" s="15"/>
+    </row>
+    <row r="88" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A88" s="19" t="s">
+        <v>707</v>
+      </c>
+      <c r="B88" s="20" t="s">
+        <v>708</v>
+      </c>
+      <c r="C88" s="21"/>
+      <c r="D88" s="21">
+        <v>3520.42</v>
+      </c>
+      <c r="E88" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F88" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G88" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H88" s="24">
+        <v>3</v>
+      </c>
+      <c r="I88" s="15"/>
+      <c r="J88" s="15"/>
+      <c r="K88" s="15"/>
+      <c r="L88" s="15"/>
+    </row>
+    <row r="89" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A89" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B89" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C89" s="21"/>
+      <c r="D89" s="21">
+        <v>13836.8</v>
+      </c>
+      <c r="E89" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F89" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G89" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H89" s="24">
+        <v>3</v>
+      </c>
+      <c r="I89" s="15"/>
+      <c r="J89" s="15"/>
+      <c r="K89" s="15"/>
+      <c r="L89" s="15"/>
+    </row>
+    <row r="90" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A90" s="19" t="s">
+        <v>709</v>
+      </c>
+      <c r="B90" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="C90" s="21">
+        <v>795.32</v>
+      </c>
+      <c r="D90" s="21"/>
+      <c r="E90" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F90" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G90" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H90" s="24">
+        <v>3</v>
+      </c>
+      <c r="I90" s="15"/>
+      <c r="J90" s="15"/>
+      <c r="K90" s="15"/>
+      <c r="L90" s="15"/>
+    </row>
+    <row r="91" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A91" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B91" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C91" s="21"/>
+      <c r="D91" s="21">
+        <v>99.75</v>
+      </c>
+      <c r="E91" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F91" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G91" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H91" s="24">
+        <v>3</v>
+      </c>
+      <c r="I91" s="15"/>
+      <c r="J91" s="15"/>
+      <c r="K91" s="15"/>
+      <c r="L91" s="15"/>
+    </row>
+    <row r="92" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A92" s="19" t="s">
+        <v>710</v>
+      </c>
+      <c r="B92" s="20" t="s">
+        <v>359</v>
+      </c>
+      <c r="C92" s="21">
+        <v>5677.4800000000005</v>
+      </c>
+      <c r="D92" s="21"/>
+      <c r="E92" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F92" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G92" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H92" s="24">
+        <v>3</v>
+      </c>
+      <c r="I92" s="15"/>
+      <c r="J92" s="15"/>
+      <c r="K92" s="15"/>
+      <c r="L92" s="15"/>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A93" s="19" t="s">
+        <v>711</v>
+      </c>
+      <c r="B93" s="20" t="s">
+        <v>712</v>
+      </c>
+      <c r="C93" s="21"/>
+      <c r="D93" s="21">
+        <v>190112.3</v>
+      </c>
+      <c r="E93" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F93" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G93" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H93" s="24">
+        <v>3</v>
+      </c>
+      <c r="I93" s="15"/>
+      <c r="J93" s="15"/>
+      <c r="K93" s="15"/>
+      <c r="L93" s="15"/>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A94" s="19" t="s">
+        <v>524</v>
+      </c>
+      <c r="B94" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C94" s="21">
+        <v>502.71999999999997</v>
+      </c>
+      <c r="D94" s="21"/>
+      <c r="E94" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F94" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G94" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H94" s="24">
+        <v>3</v>
+      </c>
+      <c r="I94" s="15"/>
+      <c r="J94" s="15"/>
+      <c r="K94" s="15"/>
+      <c r="L94" s="15"/>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A95" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B95" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C95" s="21"/>
+      <c r="D95" s="21">
+        <v>31.58</v>
+      </c>
+      <c r="E95" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F95" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G95" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H95" s="24">
+        <v>3</v>
+      </c>
+      <c r="I95" s="15"/>
+      <c r="J95" s="15"/>
+      <c r="K95" s="15"/>
+      <c r="L95" s="15"/>
+    </row>
+    <row r="96" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A96" s="19" t="s">
+        <v>525</v>
+      </c>
+      <c r="B96" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="C96" s="21">
+        <v>1417.97</v>
+      </c>
+      <c r="D96" s="21"/>
+      <c r="E96" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F96" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G96" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H96" s="24">
+        <v>3</v>
+      </c>
+      <c r="I96" s="15"/>
+      <c r="J96" s="15"/>
+      <c r="K96" s="15"/>
+      <c r="L96" s="15"/>
+    </row>
+    <row r="97" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A97" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B97" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C97" s="21"/>
+      <c r="D97" s="21">
+        <v>4940</v>
+      </c>
+      <c r="E97" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F97" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G97" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H97" s="24">
+        <v>3</v>
+      </c>
+      <c r="I97" s="15"/>
+      <c r="J97" s="15"/>
+      <c r="K97" s="15"/>
+      <c r="L97" s="15"/>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A98" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="B98" s="20" t="s">
+        <v>527</v>
+      </c>
+      <c r="C98" s="21"/>
+      <c r="D98" s="21">
+        <v>4026.21</v>
+      </c>
+      <c r="E98" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F98" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G98" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H98" s="24">
+        <v>3</v>
+      </c>
+      <c r="I98" s="15"/>
+      <c r="J98" s="15"/>
+      <c r="K98" s="15"/>
+      <c r="L98" s="15"/>
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A99" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B99" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C99" s="21">
+        <v>940.24</v>
+      </c>
+      <c r="D99" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E99" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F99" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G99" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H99" s="24">
+        <v>3</v>
+      </c>
+      <c r="I99" s="15"/>
+      <c r="J99" s="15"/>
+      <c r="K99" s="15"/>
+      <c r="L99" s="15"/>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A100" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B100" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C100" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D100" s="21">
+        <v>7391.92</v>
+      </c>
+      <c r="E100" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F100" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G100" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H100" s="24">
+        <v>3</v>
+      </c>
+      <c r="I100" s="15"/>
+      <c r="J100" s="15"/>
+      <c r="K100" s="15"/>
+      <c r="L100" s="15"/>
+    </row>
+    <row r="101" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A101" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B101" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C101" s="21"/>
+      <c r="D101" s="21">
+        <v>83.74</v>
+      </c>
+      <c r="E101" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F101" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G101" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H101" s="24">
+        <v>3</v>
+      </c>
+      <c r="I101" s="15"/>
+      <c r="J101" s="15"/>
+      <c r="K101" s="15"/>
+      <c r="L101" s="15"/>
+    </row>
+    <row r="102" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A102" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B102" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C102" s="21"/>
+      <c r="D102" s="21">
+        <v>83.74</v>
+      </c>
+      <c r="E102" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F102" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G102" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H102" s="24">
+        <v>3</v>
+      </c>
+      <c r="I102" s="15"/>
+      <c r="J102" s="15"/>
+      <c r="K102" s="15"/>
+      <c r="L102" s="15"/>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A103" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B103" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C103" s="21"/>
+      <c r="D103" s="21">
+        <v>83.74</v>
+      </c>
+      <c r="E103" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F103" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G103" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H103" s="24">
+        <v>3</v>
+      </c>
+      <c r="I103" s="15"/>
+      <c r="J103" s="15"/>
+      <c r="K103" s="15"/>
+      <c r="L103" s="15"/>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A104" s="19" t="s">
+        <v>528</v>
+      </c>
+      <c r="B104" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C104" s="21">
+        <v>14867.45</v>
+      </c>
+      <c r="D104" s="21"/>
+      <c r="E104" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F104" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G104" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H104" s="24">
+        <v>3</v>
+      </c>
+      <c r="I104" s="15"/>
+      <c r="J104" s="15"/>
+      <c r="K104" s="15"/>
+      <c r="L104" s="15"/>
+    </row>
+    <row r="105" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A105" s="19" t="s">
+        <v>713</v>
+      </c>
+      <c r="B105" s="20" t="s">
+        <v>714</v>
+      </c>
+      <c r="C105" s="21"/>
+      <c r="D105" s="21">
+        <v>7443.21</v>
+      </c>
+      <c r="E105" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F105" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G105" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H105" s="24">
+        <v>3</v>
+      </c>
+      <c r="I105" s="15"/>
+      <c r="J105" s="15"/>
+      <c r="K105" s="15"/>
+      <c r="L105" s="15"/>
+    </row>
+    <row r="106" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A106" s="19" t="s">
+        <v>531</v>
+      </c>
+      <c r="B106" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C106" s="21">
+        <v>110752.29</v>
+      </c>
+      <c r="D106" s="21"/>
+      <c r="E106" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F106" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G106" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H106" s="24">
+        <v>3</v>
+      </c>
+      <c r="I106" s="15"/>
+      <c r="J106" s="15"/>
+      <c r="K106" s="15"/>
+      <c r="L106" s="15"/>
+    </row>
+    <row r="107" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A107" s="19" t="s">
+        <v>532</v>
+      </c>
+      <c r="B107" s="20" t="s">
+        <v>533</v>
+      </c>
+      <c r="C107" s="21">
+        <v>34041.839999999997</v>
+      </c>
+      <c r="D107" s="21"/>
+      <c r="E107" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F107" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G107" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H107" s="24">
+        <v>3</v>
+      </c>
+      <c r="I107" s="15"/>
+      <c r="J107" s="15"/>
+      <c r="K107" s="15"/>
+      <c r="L107" s="15"/>
+    </row>
+    <row r="108" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A108" s="19" t="s">
+        <v>535</v>
+      </c>
+      <c r="B108" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C108" s="21">
+        <v>52675</v>
+      </c>
+      <c r="D108" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E108" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F108" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G108" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H108" s="24">
+        <v>3</v>
+      </c>
+      <c r="I108" s="15"/>
+      <c r="J108" s="15"/>
+      <c r="K108" s="15"/>
+      <c r="L108" s="15"/>
+    </row>
+    <row r="109" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A109" s="19" t="s">
+        <v>535</v>
+      </c>
+      <c r="B109" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C109" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D109" s="21">
+        <v>568938.04</v>
+      </c>
+      <c r="E109" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F109" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G109" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H109" s="24">
+        <v>3</v>
+      </c>
+      <c r="I109" s="15"/>
+      <c r="J109" s="15"/>
+      <c r="K109" s="15"/>
+      <c r="L109" s="15"/>
+    </row>
+    <row r="110" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A110" s="19" t="s">
+        <v>536</v>
+      </c>
+      <c r="B110" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C110" s="21"/>
+      <c r="D110" s="21">
+        <v>1024.93</v>
+      </c>
+      <c r="E110" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F110" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G110" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H110" s="24">
+        <v>3</v>
+      </c>
+      <c r="I110" s="15"/>
+      <c r="J110" s="15"/>
+      <c r="K110" s="15"/>
+      <c r="L110" s="15"/>
+    </row>
+    <row r="111" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A111" s="19" t="s">
+        <v>715</v>
+      </c>
+      <c r="B111" s="20" t="s">
+        <v>716</v>
+      </c>
+      <c r="C111" s="21">
+        <v>125.8</v>
+      </c>
+      <c r="D111" s="21"/>
+      <c r="E111" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F111" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G111" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H111" s="24">
+        <v>3</v>
+      </c>
+      <c r="I111" s="15"/>
+      <c r="J111" s="15"/>
+      <c r="K111" s="15"/>
+      <c r="L111" s="15"/>
+    </row>
+    <row r="112" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A112" s="19" t="s">
+        <v>528</v>
+      </c>
+      <c r="B112" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C112" s="21">
+        <v>144</v>
+      </c>
+      <c r="D112" s="21"/>
+      <c r="E112" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F112" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G112" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H112" s="24">
+        <v>3</v>
+      </c>
+      <c r="I112" s="15"/>
+      <c r="J112" s="15"/>
+      <c r="K112" s="15"/>
+      <c r="L112" s="15"/>
+    </row>
+    <row r="113" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A113" s="19" t="s">
+        <v>717</v>
+      </c>
+      <c r="B113" s="20" t="s">
+        <v>718</v>
+      </c>
+      <c r="C113" s="21"/>
+      <c r="D113" s="21">
+        <v>112250</v>
+      </c>
+      <c r="E113" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F113" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G113" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H113" s="24">
+        <v>3</v>
+      </c>
+      <c r="I113" s="15"/>
+      <c r="J113" s="15"/>
+      <c r="K113" s="15"/>
+      <c r="L113" s="15"/>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A114" s="19" t="s">
+        <v>537</v>
+      </c>
+      <c r="B114" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C114" s="21">
+        <v>794.85</v>
+      </c>
+      <c r="D114" s="21"/>
+      <c r="E114" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F114" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G114" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H114" s="24">
+        <v>3</v>
+      </c>
+      <c r="I114" s="15"/>
+      <c r="J114" s="15"/>
+      <c r="K114" s="15"/>
+      <c r="L114" s="15"/>
+    </row>
+    <row r="115" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A115" s="19" t="s">
+        <v>719</v>
+      </c>
+      <c r="B115" s="20" t="s">
+        <v>720</v>
+      </c>
+      <c r="C115" s="21">
+        <v>2215.04</v>
+      </c>
+      <c r="D115" s="21"/>
+      <c r="E115" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F115" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G115" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H115" s="24">
+        <v>3</v>
+      </c>
+      <c r="I115" s="15"/>
+      <c r="J115" s="15"/>
+      <c r="K115" s="15"/>
+      <c r="L115" s="15"/>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A116" s="19" t="s">
+        <v>542</v>
+      </c>
+      <c r="B116" s="20" t="s">
+        <v>543</v>
+      </c>
+      <c r="C116" s="21">
+        <v>1400</v>
+      </c>
+      <c r="D116" s="21"/>
+      <c r="E116" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F116" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G116" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H116" s="24">
+        <v>3</v>
+      </c>
+      <c r="I116" s="15"/>
+      <c r="J116" s="15"/>
+      <c r="K116" s="15"/>
+      <c r="L116" s="15"/>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A117" s="19" t="s">
+        <v>544</v>
+      </c>
+      <c r="B117" s="20" t="s">
+        <v>545</v>
+      </c>
+      <c r="C117" s="21"/>
+      <c r="D117" s="21">
+        <v>169997.36</v>
+      </c>
+      <c r="E117" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F117" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G117" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H117" s="24">
+        <v>3</v>
+      </c>
+      <c r="I117" s="15"/>
+      <c r="J117" s="15"/>
+      <c r="K117" s="15"/>
+      <c r="L117" s="15"/>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A118" s="19" t="s">
+        <v>546</v>
+      </c>
+      <c r="B118" s="20" t="s">
+        <v>547</v>
+      </c>
+      <c r="C118" s="21"/>
+      <c r="D118" s="21">
+        <v>191250</v>
+      </c>
+      <c r="E118" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F118" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G118" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H118" s="24">
+        <v>3</v>
+      </c>
+      <c r="I118" s="15"/>
+      <c r="J118" s="15"/>
+      <c r="K118" s="15"/>
+      <c r="L118" s="15"/>
+    </row>
+    <row r="119" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A119" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="B119" s="20" t="s">
+        <v>549</v>
+      </c>
+      <c r="C119" s="21">
+        <v>187</v>
+      </c>
+      <c r="D119" s="21"/>
+      <c r="E119" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F119" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G119" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H119" s="24">
+        <v>3</v>
+      </c>
+      <c r="I119" s="15"/>
+      <c r="J119" s="15"/>
+      <c r="K119" s="15"/>
+      <c r="L119" s="15"/>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A120" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B120" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C120" s="21"/>
+      <c r="D120" s="21">
+        <v>10696.81</v>
+      </c>
+      <c r="E120" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F120" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G120" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H120" s="24">
+        <v>3</v>
+      </c>
+      <c r="I120" s="15"/>
+      <c r="J120" s="15"/>
+      <c r="K120" s="15"/>
+      <c r="L120" s="15"/>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A121" s="19" t="s">
+        <v>550</v>
+      </c>
+      <c r="B121" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C121" s="21">
+        <v>44.1</v>
+      </c>
+      <c r="D121" s="21"/>
+      <c r="E121" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F121" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G121" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H121" s="24">
+        <v>3</v>
+      </c>
+      <c r="I121" s="15"/>
+      <c r="J121" s="15"/>
+      <c r="K121" s="15"/>
+      <c r="L121" s="15"/>
+    </row>
+    <row r="122" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A122" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B122" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C122" s="21"/>
+      <c r="D122" s="21">
+        <v>165</v>
+      </c>
+      <c r="E122" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F122" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G122" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H122" s="24">
+        <v>3</v>
+      </c>
+      <c r="I122" s="15"/>
+      <c r="J122" s="15"/>
+      <c r="K122" s="15"/>
+      <c r="L122" s="15"/>
+    </row>
+    <row r="123" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A123" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B123" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C123" s="21"/>
+      <c r="D123" s="21">
+        <v>165</v>
+      </c>
+      <c r="E123" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F123" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G123" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H123" s="24">
+        <v>3</v>
+      </c>
+      <c r="I123" s="15"/>
+      <c r="J123" s="15"/>
+      <c r="K123" s="15"/>
+      <c r="L123" s="15"/>
+    </row>
+    <row r="124" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A124" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B124" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C124" s="21"/>
+      <c r="D124" s="21">
+        <v>779.1</v>
+      </c>
+      <c r="E124" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F124" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G124" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H124" s="24">
+        <v>3</v>
+      </c>
+      <c r="I124" s="15"/>
+      <c r="J124" s="15"/>
+      <c r="K124" s="15"/>
+      <c r="L124" s="15"/>
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A125" s="19" t="s">
+        <v>721</v>
+      </c>
+      <c r="B125" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="C125" s="21"/>
+      <c r="D125" s="21">
+        <v>5062.97</v>
+      </c>
+      <c r="E125" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F125" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G125" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H125" s="24">
+        <v>3</v>
+      </c>
+      <c r="I125" s="15"/>
+      <c r="J125" s="15"/>
+      <c r="K125" s="15"/>
+      <c r="L125" s="15"/>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A126" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B126" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C126" s="21"/>
+      <c r="D126" s="21">
+        <v>870</v>
+      </c>
+      <c r="E126" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F126" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G126" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H126" s="24">
+        <v>3</v>
+      </c>
+      <c r="I126" s="15"/>
+      <c r="J126" s="15"/>
+      <c r="K126" s="15"/>
+      <c r="L126" s="15"/>
+    </row>
+    <row r="127" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A127" s="19" t="s">
+        <v>559</v>
+      </c>
+      <c r="B127" s="20" t="s">
+        <v>722</v>
+      </c>
+      <c r="C127" s="21">
+        <v>2857.3199999999997</v>
+      </c>
+      <c r="D127" s="21"/>
+      <c r="E127" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F127" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G127" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H127" s="24">
+        <v>3</v>
+      </c>
+      <c r="I127" s="15"/>
+      <c r="J127" s="15"/>
+      <c r="K127" s="15"/>
+      <c r="L127" s="15"/>
+    </row>
+    <row r="128" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A128" s="19" t="s">
+        <v>723</v>
+      </c>
+      <c r="B128" s="20" t="s">
+        <v>724</v>
+      </c>
+      <c r="C128" s="21"/>
+      <c r="D128" s="21">
+        <v>202750</v>
+      </c>
+      <c r="E128" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F128" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G128" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H128" s="24">
+        <v>3</v>
+      </c>
+      <c r="I128" s="15"/>
+      <c r="J128" s="15"/>
+      <c r="K128" s="15"/>
+      <c r="L128" s="15"/>
+    </row>
+    <row r="129" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A129" s="19" t="s">
+        <v>725</v>
+      </c>
+      <c r="B129" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C129" s="21"/>
+      <c r="D129" s="21">
+        <v>9073.61</v>
+      </c>
+      <c r="E129" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F129" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G129" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H129" s="24">
+        <v>3</v>
+      </c>
+      <c r="I129" s="15"/>
+      <c r="J129" s="15"/>
+      <c r="K129" s="15"/>
+      <c r="L129" s="15"/>
+    </row>
+    <row r="130" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A130" s="19" t="s">
+        <v>726</v>
+      </c>
+      <c r="B130" s="20" t="s">
+        <v>183</v>
+      </c>
+      <c r="C130" s="21"/>
+      <c r="D130" s="21">
+        <v>9742.4499999999989</v>
+      </c>
+      <c r="E130" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F130" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G130" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H130" s="24">
+        <v>3</v>
+      </c>
+      <c r="I130" s="15"/>
+      <c r="J130" s="15"/>
+      <c r="K130" s="15"/>
+      <c r="L130" s="15"/>
+    </row>
+    <row r="131" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A131" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B131" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C131" s="21"/>
+      <c r="D131" s="21">
+        <v>1849.97</v>
+      </c>
+      <c r="E131" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F131" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G131" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H131" s="24">
+        <v>3</v>
+      </c>
+      <c r="I131" s="15"/>
+      <c r="J131" s="15"/>
+      <c r="K131" s="15"/>
+      <c r="L131" s="15"/>
+    </row>
+    <row r="132" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A132" s="19" t="s">
+        <v>727</v>
+      </c>
+      <c r="B132" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C132" s="21"/>
+      <c r="D132" s="21">
+        <v>3840</v>
+      </c>
+      <c r="E132" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F132" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G132" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H132" s="24">
+        <v>3</v>
+      </c>
+      <c r="I132" s="15"/>
+      <c r="J132" s="15"/>
+      <c r="K132" s="15"/>
+      <c r="L132" s="15"/>
+    </row>
+    <row r="133" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A133" s="19" t="s">
+        <v>728</v>
+      </c>
+      <c r="B133" s="20" t="s">
+        <v>729</v>
+      </c>
+      <c r="C133" s="21"/>
+      <c r="D133" s="21">
+        <v>49319</v>
+      </c>
+      <c r="E133" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F133" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G133" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H133" s="24">
+        <v>3</v>
+      </c>
+      <c r="I133" s="15"/>
+      <c r="J133" s="15"/>
+      <c r="K133" s="15"/>
+      <c r="L133" s="15"/>
+    </row>
+    <row r="134" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A134" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B134" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C134" s="21"/>
+      <c r="D134" s="21">
+        <v>173.4</v>
+      </c>
+      <c r="E134" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F134" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G134" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H134" s="24">
+        <v>3</v>
+      </c>
+      <c r="I134" s="15"/>
+      <c r="J134" s="15"/>
+      <c r="K134" s="15"/>
+      <c r="L134" s="15"/>
+    </row>
+    <row r="135" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A135" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B135" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C135" s="21"/>
+      <c r="D135" s="21">
+        <v>173.4</v>
+      </c>
+      <c r="E135" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F135" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G135" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H135" s="24">
+        <v>3</v>
+      </c>
+      <c r="I135" s="15"/>
+      <c r="J135" s="15"/>
+      <c r="K135" s="15"/>
+      <c r="L135" s="15"/>
+    </row>
+    <row r="136" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A136" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B136" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C136" s="21"/>
+      <c r="D136" s="21">
+        <v>173.4</v>
+      </c>
+      <c r="E136" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F136" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G136" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H136" s="24">
+        <v>3</v>
+      </c>
+      <c r="I136" s="15"/>
+      <c r="J136" s="15"/>
+      <c r="K136" s="15"/>
+      <c r="L136" s="15"/>
+    </row>
+    <row r="137" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A137" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B137" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C137" s="21"/>
+      <c r="D137" s="21">
+        <v>173.4</v>
+      </c>
+      <c r="E137" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F137" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G137" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H137" s="24">
+        <v>3</v>
+      </c>
+      <c r="I137" s="15"/>
+      <c r="J137" s="15"/>
+      <c r="K137" s="15"/>
+      <c r="L137" s="15"/>
+    </row>
+    <row r="138" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A138" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B138" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C138" s="21"/>
+      <c r="D138" s="21">
+        <v>7112.94</v>
+      </c>
+      <c r="E138" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F138" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G138" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H138" s="24">
+        <v>3</v>
+      </c>
+      <c r="I138" s="15"/>
+      <c r="J138" s="15"/>
+      <c r="K138" s="15"/>
+      <c r="L138" s="15"/>
+    </row>
+    <row r="139" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A139" s="19" t="s">
+        <v>563</v>
+      </c>
+      <c r="B139" s="20" t="s">
+        <v>564</v>
+      </c>
+      <c r="C139" s="21">
+        <v>6321.76</v>
+      </c>
+      <c r="D139" s="21"/>
+      <c r="E139" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F139" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G139" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H139" s="24">
+        <v>3</v>
+      </c>
+      <c r="I139" s="15"/>
+      <c r="J139" s="15"/>
+      <c r="K139" s="15"/>
+      <c r="L139" s="15"/>
+    </row>
+    <row r="140" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A140" s="19" t="s">
+        <v>730</v>
+      </c>
+      <c r="B140" s="20" t="s">
+        <v>306</v>
+      </c>
+      <c r="C140" s="21"/>
+      <c r="D140" s="21">
+        <v>3897.6</v>
+      </c>
+      <c r="E140" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F140" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G140" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H140" s="24">
+        <v>3</v>
+      </c>
+      <c r="I140" s="15"/>
+      <c r="J140" s="15"/>
+      <c r="K140" s="15"/>
+      <c r="L140" s="15"/>
+    </row>
+    <row r="141" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A141" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B141" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C141" s="21"/>
+      <c r="D141" s="21">
+        <v>1315.75</v>
+      </c>
+      <c r="E141" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F141" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G141" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H141" s="24">
+        <v>3</v>
+      </c>
+      <c r="I141" s="15"/>
+      <c r="J141" s="15"/>
+      <c r="K141" s="15"/>
+      <c r="L141" s="15"/>
+    </row>
+    <row r="142" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A142" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B142" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C142" s="21"/>
+      <c r="D142" s="21">
+        <v>1315.75</v>
+      </c>
+      <c r="E142" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F142" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G142" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H142" s="24">
+        <v>3</v>
+      </c>
+      <c r="I142" s="15"/>
+      <c r="J142" s="15"/>
+      <c r="K142" s="15"/>
+      <c r="L142" s="15"/>
+    </row>
+    <row r="143" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A143" s="19" t="s">
+        <v>731</v>
+      </c>
+      <c r="B143" s="20" t="s">
+        <v>732</v>
+      </c>
+      <c r="C143" s="21">
+        <v>944</v>
+      </c>
+      <c r="D143" s="21"/>
+      <c r="E143" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F143" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G143" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H143" s="24">
+        <v>3</v>
+      </c>
+      <c r="I143" s="15"/>
+      <c r="J143" s="15"/>
+      <c r="K143" s="15"/>
+      <c r="L143" s="15"/>
+    </row>
+    <row r="144" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A144" s="19" t="s">
+        <v>733</v>
+      </c>
+      <c r="B144" s="20" t="s">
+        <v>734</v>
+      </c>
+      <c r="C144" s="21"/>
+      <c r="D144" s="21">
+        <v>26315.23</v>
+      </c>
+      <c r="E144" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F144" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G144" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H144" s="24">
+        <v>3</v>
+      </c>
+      <c r="I144" s="15"/>
+      <c r="J144" s="15"/>
+      <c r="K144" s="15"/>
+      <c r="L144" s="15"/>
+    </row>
+    <row r="145" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A145" s="19" t="s">
+        <v>570</v>
+      </c>
+      <c r="B145" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C145" s="21">
+        <v>59997.66</v>
+      </c>
+      <c r="D145" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E145" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F145" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G145" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H145" s="24">
+        <v>3</v>
+      </c>
+      <c r="I145" s="15"/>
+      <c r="J145" s="15"/>
+      <c r="K145" s="15"/>
+      <c r="L145" s="15"/>
+    </row>
+    <row r="146" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A146" s="19" t="s">
+        <v>570</v>
+      </c>
+      <c r="B146" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C146" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D146" s="21">
+        <v>43492.28</v>
+      </c>
+      <c r="E146" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F146" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G146" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H146" s="24">
+        <v>3</v>
+      </c>
+      <c r="I146" s="15"/>
+      <c r="J146" s="15"/>
+      <c r="K146" s="15"/>
+      <c r="L146" s="15"/>
+    </row>
+    <row r="147" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A147" s="19" t="s">
+        <v>574</v>
+      </c>
+      <c r="B147" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C147" s="21">
+        <v>399.46000000000004</v>
+      </c>
+      <c r="D147" s="21"/>
+      <c r="E147" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F147" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G147" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H147" s="24">
+        <v>3</v>
+      </c>
+      <c r="I147" s="15"/>
+      <c r="J147" s="15"/>
+      <c r="K147" s="15"/>
+      <c r="L147" s="15"/>
+    </row>
+    <row r="148" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A148" s="19" t="s">
+        <v>575</v>
+      </c>
+      <c r="B148" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C148" s="21">
+        <v>70096.639999999999</v>
+      </c>
+      <c r="D148" s="21"/>
+      <c r="E148" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F148" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G148" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H148" s="24">
+        <v>3</v>
+      </c>
+      <c r="I148" s="15"/>
+      <c r="J148" s="15"/>
+      <c r="K148" s="15"/>
+      <c r="L148" s="15"/>
+    </row>
+    <row r="149" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A149" s="19" t="s">
+        <v>556</v>
+      </c>
+      <c r="B149" s="20" t="s">
+        <v>580</v>
+      </c>
+      <c r="C149" s="21"/>
+      <c r="D149" s="21">
+        <v>248431</v>
+      </c>
+      <c r="E149" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F149" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G149" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H149" s="24">
+        <v>3</v>
+      </c>
+      <c r="I149" s="15"/>
+      <c r="J149" s="15"/>
+      <c r="K149" s="15"/>
+      <c r="L149" s="15"/>
+    </row>
+    <row r="150" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A150" s="19" t="s">
+        <v>735</v>
+      </c>
+      <c r="B150" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C150" s="21"/>
+      <c r="D150" s="21">
+        <v>913856.88</v>
+      </c>
+      <c r="E150" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F150" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G150" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H150" s="24">
+        <v>3</v>
+      </c>
+      <c r="I150" s="15"/>
+      <c r="J150" s="15"/>
+      <c r="K150" s="15"/>
+      <c r="L150" s="15"/>
+    </row>
+    <row r="151" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A151" s="19" t="s">
+        <v>736</v>
+      </c>
+      <c r="B151" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="C151" s="21">
+        <v>30127.93</v>
+      </c>
+      <c r="D151" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E151" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F151" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G151" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H151" s="24">
+        <v>3</v>
+      </c>
+      <c r="I151" s="15"/>
+      <c r="J151" s="15"/>
+      <c r="K151" s="15"/>
+      <c r="L151" s="15"/>
+    </row>
+    <row r="152" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A152" s="19" t="s">
+        <v>736</v>
+      </c>
+      <c r="B152" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D152" s="21">
+        <v>73154.98</v>
+      </c>
+      <c r="E152" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F152" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G152" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H152" s="24">
+        <v>3</v>
+      </c>
+      <c r="I152" s="15"/>
+      <c r="J152" s="15"/>
+      <c r="K152" s="15"/>
+      <c r="L152" s="15"/>
+    </row>
+    <row r="153" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A153" s="19" t="s">
+        <v>581</v>
+      </c>
+      <c r="B153" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C153" s="21"/>
+      <c r="D153" s="21">
+        <v>1182037.99</v>
+      </c>
+      <c r="E153" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F153" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G153" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H153" s="24">
+        <v>3</v>
+      </c>
+      <c r="I153" s="15"/>
+      <c r="J153" s="15"/>
+      <c r="K153" s="15"/>
+      <c r="L153" s="15"/>
+    </row>
+    <row r="154" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A154" s="19" t="s">
+        <v>583</v>
+      </c>
+      <c r="B154" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C154" s="21">
+        <v>2000</v>
+      </c>
+      <c r="D154" s="21"/>
+      <c r="E154" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F154" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G154" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H154" s="24">
+        <v>3</v>
+      </c>
+      <c r="I154" s="15"/>
+      <c r="J154" s="15"/>
+      <c r="K154" s="15"/>
+      <c r="L154" s="15"/>
+    </row>
+    <row r="155" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A155" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B155" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C155" s="21"/>
+      <c r="D155" s="21">
+        <v>315.23</v>
+      </c>
+      <c r="E155" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F155" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G155" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H155" s="24">
+        <v>3</v>
+      </c>
+      <c r="I155" s="15"/>
+      <c r="J155" s="15"/>
+      <c r="K155" s="15"/>
+      <c r="L155" s="15"/>
+    </row>
+    <row r="156" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A156" s="19" t="s">
+        <v>585</v>
+      </c>
+      <c r="B156" s="20" t="s">
+        <v>586</v>
+      </c>
+      <c r="C156" s="21">
+        <v>128644.78</v>
+      </c>
+      <c r="D156" s="21"/>
+      <c r="E156" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F156" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G156" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H156" s="24">
+        <v>3</v>
+      </c>
+      <c r="I156" s="15"/>
+      <c r="J156" s="15"/>
+      <c r="K156" s="15"/>
+      <c r="L156" s="15"/>
+    </row>
+    <row r="157" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A157" s="19" t="s">
+        <v>587</v>
+      </c>
+      <c r="B157" s="20" t="s">
+        <v>386</v>
+      </c>
+      <c r="C157" s="21">
+        <v>36211.93</v>
+      </c>
+      <c r="D157" s="21"/>
+      <c r="E157" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F157" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G157" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H157" s="24">
+        <v>3</v>
+      </c>
+      <c r="I157" s="15"/>
+      <c r="J157" s="15"/>
+      <c r="K157" s="15"/>
+      <c r="L157" s="15"/>
+    </row>
+    <row r="158" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A158" s="19" t="s">
+        <v>588</v>
+      </c>
+      <c r="B158" s="20" t="s">
+        <v>264</v>
+      </c>
+      <c r="C158" s="21">
+        <v>314.39999999999998</v>
+      </c>
+      <c r="D158" s="21"/>
+      <c r="E158" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F158" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G158" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H158" s="24">
+        <v>3</v>
+      </c>
+      <c r="I158" s="15"/>
+      <c r="J158" s="15"/>
+      <c r="K158" s="15"/>
+      <c r="L158" s="15"/>
+    </row>
+    <row r="159" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A159" s="19" t="s">
+        <v>737</v>
+      </c>
+      <c r="B159" s="20" t="s">
+        <v>738</v>
+      </c>
+      <c r="C159" s="21"/>
+      <c r="D159" s="21">
+        <v>112400</v>
+      </c>
+      <c r="E159" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F159" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G159" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H159" s="24">
+        <v>3</v>
+      </c>
+      <c r="I159" s="15"/>
+      <c r="J159" s="15"/>
+      <c r="K159" s="15"/>
+      <c r="L159" s="15"/>
+    </row>
+    <row r="160" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A160" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B160" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C160" s="21"/>
+      <c r="D160" s="21">
+        <v>921.5</v>
+      </c>
+      <c r="E160" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F160" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G160" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H160" s="24">
+        <v>3</v>
+      </c>
+      <c r="I160" s="15"/>
+      <c r="J160" s="15"/>
+      <c r="K160" s="15"/>
+      <c r="L160" s="15"/>
+    </row>
+    <row r="161" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A161" s="19" t="s">
+        <v>739</v>
+      </c>
+      <c r="B161" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="C161" s="21">
+        <v>20287.5</v>
+      </c>
+      <c r="D161" s="21"/>
+      <c r="E161" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F161" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G161" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H161" s="24">
+        <v>3</v>
+      </c>
+      <c r="I161" s="15"/>
+      <c r="J161" s="15"/>
+      <c r="K161" s="15"/>
+      <c r="L161" s="15"/>
+    </row>
+    <row r="162" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A162" s="19" t="s">
+        <v>740</v>
+      </c>
+      <c r="B162" s="20" t="s">
+        <v>245</v>
+      </c>
+      <c r="C162" s="21">
+        <v>5095</v>
+      </c>
+      <c r="D162" s="21"/>
+      <c r="E162" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F162" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G162" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H162" s="24">
+        <v>3</v>
+      </c>
+      <c r="I162" s="15"/>
+      <c r="J162" s="15"/>
+      <c r="K162" s="15"/>
+      <c r="L162" s="15"/>
+    </row>
+    <row r="163" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A163" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B163" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C163" s="21">
+        <v>26981.86</v>
+      </c>
+      <c r="D163" s="21"/>
+      <c r="E163" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F163" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G163" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H163" s="24">
+        <v>3</v>
+      </c>
+      <c r="I163" s="15"/>
+      <c r="J163" s="15"/>
+      <c r="K163" s="15"/>
+      <c r="L163" s="15"/>
+    </row>
+    <row r="164" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A164" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B164" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C164" s="21"/>
+      <c r="D164" s="21">
+        <v>1234.2</v>
+      </c>
+      <c r="E164" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F164" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G164" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H164" s="24">
+        <v>3</v>
+      </c>
+      <c r="I164" s="15"/>
+      <c r="J164" s="15"/>
+      <c r="K164" s="15"/>
+      <c r="L164" s="15"/>
+    </row>
+    <row r="165" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A165" s="19" t="s">
+        <v>590</v>
+      </c>
+      <c r="B165" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="C165" s="21">
+        <v>11710.710000000001</v>
+      </c>
+      <c r="D165" s="21"/>
+      <c r="E165" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F165" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G165" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H165" s="24">
+        <v>3</v>
+      </c>
+      <c r="I165" s="15"/>
+      <c r="J165" s="15"/>
+      <c r="K165" s="15"/>
+      <c r="L165" s="15"/>
+    </row>
+    <row r="166" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A166" s="19" t="s">
+        <v>591</v>
+      </c>
+      <c r="B166" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C166" s="21">
+        <v>13207.859999999999</v>
+      </c>
+      <c r="D166" s="21"/>
+      <c r="E166" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F166" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G166" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H166" s="24">
+        <v>3</v>
+      </c>
+      <c r="I166" s="15"/>
+      <c r="J166" s="15"/>
+      <c r="K166" s="15"/>
+      <c r="L166" s="15"/>
+    </row>
+    <row r="167" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A167" s="19" t="s">
+        <v>593</v>
+      </c>
+      <c r="B167" s="20" t="s">
+        <v>594</v>
+      </c>
+      <c r="C167" s="21"/>
+      <c r="D167" s="21">
+        <v>20000</v>
+      </c>
+      <c r="E167" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F167" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G167" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H167" s="24">
+        <v>3</v>
+      </c>
+      <c r="I167" s="15"/>
+      <c r="J167" s="15"/>
+      <c r="K167" s="15"/>
+      <c r="L167" s="15"/>
+    </row>
+    <row r="168" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A168" s="19" t="s">
+        <v>741</v>
+      </c>
+      <c r="B168" s="20" t="s">
+        <v>742</v>
+      </c>
+      <c r="C168" s="21">
+        <v>19725.53</v>
+      </c>
+      <c r="D168" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E168" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F168" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G168" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H168" s="24">
+        <v>3</v>
+      </c>
+      <c r="I168" s="15"/>
+      <c r="J168" s="15"/>
+      <c r="K168" s="15"/>
+      <c r="L168" s="15"/>
+    </row>
+    <row r="169" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A169" s="19" t="s">
+        <v>741</v>
+      </c>
+      <c r="B169" s="20" t="s">
+        <v>742</v>
+      </c>
+      <c r="C169" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D169" s="21">
+        <v>14440.32</v>
+      </c>
+      <c r="E169" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F169" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G169" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H169" s="24">
+        <v>3</v>
+      </c>
+      <c r="I169" s="15"/>
+      <c r="J169" s="15"/>
+      <c r="K169" s="15"/>
+      <c r="L169" s="15"/>
+    </row>
+    <row r="170" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A170" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B170" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C170" s="21">
+        <v>3783.5</v>
+      </c>
+      <c r="D170" s="21"/>
+      <c r="E170" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F170" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G170" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H170" s="24">
+        <v>3</v>
+      </c>
+      <c r="I170" s="15"/>
+      <c r="J170" s="15"/>
+      <c r="K170" s="15"/>
+      <c r="L170" s="15"/>
+    </row>
+    <row r="171" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A171" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B171" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C171" s="21">
+        <v>13678.94</v>
+      </c>
+      <c r="D171" s="21"/>
+      <c r="E171" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F171" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G171" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H171" s="24">
+        <v>3</v>
+      </c>
+      <c r="I171" s="15"/>
+      <c r="J171" s="15"/>
+      <c r="K171" s="15"/>
+      <c r="L171" s="15"/>
+    </row>
+    <row r="172" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A172" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B172" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C172" s="21">
+        <v>7504.99</v>
+      </c>
+      <c r="D172" s="21"/>
+      <c r="E172" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F172" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G172" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H172" s="24">
+        <v>3</v>
+      </c>
+      <c r="I172" s="15"/>
+      <c r="J172" s="15"/>
+      <c r="K172" s="15"/>
+      <c r="L172" s="15"/>
+    </row>
+    <row r="173" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A173" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B173" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C173" s="21"/>
+      <c r="D173" s="21">
+        <v>1890</v>
+      </c>
+      <c r="E173" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F173" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G173" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H173" s="24">
+        <v>3</v>
+      </c>
+      <c r="I173" s="15"/>
+      <c r="J173" s="15"/>
+      <c r="K173" s="15"/>
+      <c r="L173" s="15"/>
+    </row>
+    <row r="174" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A174" s="19" t="s">
+        <v>599</v>
+      </c>
+      <c r="B174" s="20" t="s">
+        <v>600</v>
+      </c>
+      <c r="C174" s="21"/>
+      <c r="D174" s="21">
+        <v>309355.15999999997</v>
+      </c>
+      <c r="E174" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F174" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G174" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H174" s="24">
+        <v>3</v>
+      </c>
+      <c r="I174" s="15"/>
+      <c r="J174" s="15"/>
+      <c r="K174" s="15"/>
+      <c r="L174" s="15"/>
+    </row>
+    <row r="175" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A175" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B175" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C175" s="21">
+        <v>3105.93</v>
+      </c>
+      <c r="D175" s="21"/>
+      <c r="E175" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F175" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G175" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H175" s="24">
+        <v>3</v>
+      </c>
+      <c r="I175" s="15"/>
+      <c r="J175" s="15"/>
+      <c r="K175" s="15"/>
+      <c r="L175" s="15"/>
+    </row>
+    <row r="176" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A176" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="B176" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="C176" s="21">
+        <v>32556.87</v>
+      </c>
+      <c r="D176" s="21"/>
+      <c r="E176" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F176" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G176" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H176" s="24">
+        <v>3</v>
+      </c>
+      <c r="I176" s="15"/>
+      <c r="J176" s="15"/>
+      <c r="K176" s="15"/>
+      <c r="L176" s="15"/>
+    </row>
+    <row r="177" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A177" s="19" t="s">
+        <v>602</v>
+      </c>
+      <c r="B177" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="C177" s="21"/>
+      <c r="D177" s="21">
+        <v>576578.39</v>
+      </c>
+      <c r="E177" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F177" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G177" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H177" s="24">
+        <v>3</v>
+      </c>
+      <c r="I177" s="15"/>
+      <c r="J177" s="15"/>
+      <c r="K177" s="15"/>
+      <c r="L177" s="15"/>
+    </row>
+    <row r="178" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A178" s="19" t="s">
+        <v>744</v>
+      </c>
+      <c r="B178" s="20" t="s">
+        <v>745</v>
+      </c>
+      <c r="C178" s="21">
+        <v>2078</v>
+      </c>
+      <c r="D178" s="21"/>
+      <c r="E178" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F178" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G178" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H178" s="24">
+        <v>3</v>
+      </c>
+      <c r="I178" s="15"/>
+      <c r="J178" s="15"/>
+      <c r="K178" s="15"/>
+      <c r="L178" s="15"/>
+    </row>
+    <row r="179" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A179" s="19" t="s">
+        <v>746</v>
+      </c>
+      <c r="B179" s="20" t="s">
+        <v>747</v>
+      </c>
+      <c r="C179" s="21">
+        <v>1750</v>
+      </c>
+      <c r="D179" s="21"/>
+      <c r="E179" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F179" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G179" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H179" s="24">
+        <v>3</v>
+      </c>
+      <c r="I179" s="15"/>
+      <c r="J179" s="15"/>
+      <c r="K179" s="15"/>
+      <c r="L179" s="15"/>
+    </row>
+    <row r="180" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A180" s="19" t="s">
+        <v>748</v>
+      </c>
+      <c r="B180" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="C180" s="21">
+        <v>63550</v>
+      </c>
+      <c r="D180" s="21"/>
+      <c r="E180" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F180" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G180" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H180" s="24">
+        <v>3</v>
+      </c>
+      <c r="I180" s="15"/>
+      <c r="J180" s="15"/>
+      <c r="K180" s="15"/>
+      <c r="L180" s="15"/>
+    </row>
+    <row r="181" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A181" s="19" t="s">
+        <v>604</v>
+      </c>
+      <c r="B181" s="20" t="s">
+        <v>404</v>
+      </c>
+      <c r="C181" s="21">
+        <v>15413.01</v>
+      </c>
+      <c r="D181" s="21"/>
+      <c r="E181" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F181" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G181" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H181" s="24">
+        <v>3</v>
+      </c>
+      <c r="I181" s="15"/>
+      <c r="J181" s="15"/>
+      <c r="K181" s="15"/>
+      <c r="L181" s="15"/>
+    </row>
+    <row r="182" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A182" s="19" t="s">
+        <v>605</v>
+      </c>
+      <c r="B182" s="20" t="s">
+        <v>606</v>
+      </c>
+      <c r="C182" s="21">
+        <v>350</v>
+      </c>
+      <c r="D182" s="21"/>
+      <c r="E182" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F182" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G182" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H182" s="24">
+        <v>3</v>
+      </c>
+      <c r="I182" s="15"/>
+      <c r="J182" s="15"/>
+      <c r="K182" s="15"/>
+      <c r="L182" s="15"/>
+    </row>
+    <row r="183" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A183" s="19" t="s">
+        <v>749</v>
+      </c>
+      <c r="B183" s="20" t="s">
+        <v>750</v>
+      </c>
+      <c r="C183" s="21">
+        <v>292.5</v>
+      </c>
+      <c r="D183" s="21"/>
+      <c r="E183" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F183" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G183" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H183" s="24">
+        <v>3</v>
+      </c>
+      <c r="I183" s="15"/>
+      <c r="J183" s="15"/>
+      <c r="K183" s="15"/>
+      <c r="L183" s="15"/>
+    </row>
+    <row r="184" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A184" s="19" t="s">
+        <v>751</v>
+      </c>
+      <c r="B184" s="20" t="s">
+        <v>752</v>
+      </c>
+      <c r="C184" s="21">
+        <v>827.78</v>
+      </c>
+      <c r="D184" s="21"/>
+      <c r="E184" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F184" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G184" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H184" s="24">
+        <v>3</v>
+      </c>
+      <c r="I184" s="15"/>
+      <c r="J184" s="15"/>
+      <c r="K184" s="15"/>
+      <c r="L184" s="15"/>
+    </row>
+    <row r="185" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A185" s="19" t="s">
+        <v>753</v>
+      </c>
+      <c r="B185" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C185" s="21">
+        <v>4022.6</v>
+      </c>
+      <c r="D185" s="21"/>
+      <c r="E185" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F185" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G185" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H185" s="24">
+        <v>3</v>
+      </c>
+      <c r="I185" s="15"/>
+      <c r="J185" s="15"/>
+      <c r="K185" s="15"/>
+      <c r="L185" s="15"/>
+    </row>
+    <row r="186" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A186" s="19" t="s">
+        <v>754</v>
+      </c>
+      <c r="B186" s="20" t="s">
+        <v>755</v>
+      </c>
+      <c r="C186" s="21">
+        <v>450</v>
+      </c>
+      <c r="D186" s="21"/>
+      <c r="E186" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F186" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G186" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H186" s="24">
+        <v>3</v>
+      </c>
+      <c r="I186" s="15"/>
+      <c r="J186" s="15"/>
+      <c r="K186" s="15"/>
+      <c r="L186" s="15"/>
+    </row>
+    <row r="187" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A187" s="19" t="s">
+        <v>756</v>
+      </c>
+      <c r="B187" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="C187" s="21">
+        <v>98879.33</v>
+      </c>
+      <c r="D187" s="21"/>
+      <c r="E187" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F187" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G187" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H187" s="24">
+        <v>3</v>
+      </c>
+      <c r="I187" s="15"/>
+      <c r="J187" s="15"/>
+      <c r="K187" s="15"/>
+      <c r="L187" s="15"/>
+    </row>
+    <row r="188" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A188" s="19" t="s">
+        <v>611</v>
+      </c>
+      <c r="B188" s="20" t="s">
+        <v>612</v>
+      </c>
+      <c r="C188" s="21">
+        <v>57112.91</v>
+      </c>
+      <c r="D188" s="21"/>
+      <c r="E188" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F188" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G188" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H188" s="24">
+        <v>3</v>
+      </c>
+      <c r="I188" s="15"/>
+      <c r="J188" s="15"/>
+      <c r="K188" s="15"/>
+      <c r="L188" s="15"/>
+    </row>
+    <row r="189" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A189" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B189" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C189" s="21">
+        <v>5575.29</v>
+      </c>
+      <c r="D189" s="21"/>
+      <c r="E189" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F189" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G189" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H189" s="24">
+        <v>3</v>
+      </c>
+      <c r="I189" s="15"/>
+      <c r="J189" s="15"/>
+      <c r="K189" s="15"/>
+      <c r="L189" s="15"/>
+    </row>
+    <row r="190" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A190" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B190" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C190" s="21">
+        <v>23513.599999999999</v>
+      </c>
+      <c r="D190" s="21"/>
+      <c r="E190" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F190" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G190" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H190" s="24">
+        <v>3</v>
+      </c>
+      <c r="I190" s="15"/>
+      <c r="J190" s="15"/>
+      <c r="K190" s="15"/>
+      <c r="L190" s="15"/>
+    </row>
+    <row r="191" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A191" s="19" t="s">
+        <v>613</v>
+      </c>
+      <c r="B191" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C191" s="21">
+        <v>1325.99</v>
+      </c>
+      <c r="D191" s="21"/>
+      <c r="E191" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F191" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G191" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H191" s="24">
+        <v>3</v>
+      </c>
+      <c r="I191" s="15"/>
+      <c r="J191" s="15"/>
+      <c r="K191" s="15"/>
+      <c r="L191" s="15"/>
+    </row>
+    <row r="192" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A192" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B192" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C192" s="21"/>
+      <c r="D192" s="21">
+        <v>4553.1499999999996</v>
+      </c>
+      <c r="E192" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F192" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G192" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H192" s="24">
+        <v>3</v>
+      </c>
+      <c r="I192" s="15"/>
+      <c r="J192" s="15"/>
+      <c r="K192" s="15"/>
+      <c r="L192" s="15"/>
+    </row>
+    <row r="193" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A193" s="19" t="s">
+        <v>614</v>
+      </c>
+      <c r="B193" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" s="21">
+        <v>514</v>
+      </c>
+      <c r="D193" s="21"/>
+      <c r="E193" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F193" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G193" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H193" s="24">
+        <v>3</v>
+      </c>
+      <c r="I193" s="15"/>
+      <c r="J193" s="15"/>
+      <c r="K193" s="15"/>
+      <c r="L193" s="15"/>
+    </row>
+    <row r="194" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A194" s="19" t="s">
+        <v>757</v>
+      </c>
+      <c r="B194" s="20" t="s">
+        <v>758</v>
+      </c>
+      <c r="C194" s="21"/>
+      <c r="D194" s="21">
+        <v>36476.299999999996</v>
+      </c>
+      <c r="E194" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F194" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G194" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H194" s="24">
+        <v>3</v>
+      </c>
+      <c r="I194" s="15"/>
+      <c r="J194" s="15"/>
+      <c r="K194" s="15"/>
+      <c r="L194" s="15"/>
+    </row>
+    <row r="195" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A195" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="B195" s="19" t="s">
+        <v>466</v>
+      </c>
+      <c r="C195" s="21"/>
+      <c r="D195" s="21">
+        <v>125.61</v>
+      </c>
+      <c r="E195" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F195" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G195" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H195" s="24">
+        <v>3</v>
+      </c>
+      <c r="I195" s="15"/>
+      <c r="J195" s="15"/>
+      <c r="K195" s="15"/>
+      <c r="L195" s="15"/>
+    </row>
+    <row r="196" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A196" s="19" t="s">
+        <v>759</v>
+      </c>
+      <c r="B196" s="20" t="s">
+        <v>312</v>
+      </c>
+      <c r="C196" s="21">
+        <v>6355.74</v>
+      </c>
+      <c r="D196" s="21"/>
+      <c r="E196" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F196" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G196" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H196" s="24">
+        <v>3</v>
+      </c>
+      <c r="I196" s="15"/>
+      <c r="J196" s="15"/>
+      <c r="K196" s="15"/>
+      <c r="L196" s="15"/>
+    </row>
+    <row r="197" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A197" s="19" t="s">
+        <v>760</v>
+      </c>
+      <c r="B197" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C197" s="21">
+        <v>50450.12</v>
+      </c>
+      <c r="D197" s="21"/>
+      <c r="E197" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F197" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G197" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H197" s="24">
+        <v>3</v>
+      </c>
+      <c r="I197" s="15"/>
+      <c r="J197" s="15"/>
+      <c r="K197" s="15"/>
+      <c r="L197" s="15"/>
+    </row>
+    <row r="198" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A198" s="19" t="s">
+        <v>615</v>
+      </c>
+      <c r="B198" s="20" t="s">
+        <v>410</v>
+      </c>
+      <c r="C198" s="21">
+        <v>85994.8</v>
+      </c>
+      <c r="D198" s="21"/>
+      <c r="E198" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F198" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G198" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H198" s="24">
+        <v>3</v>
+      </c>
+      <c r="I198" s="15"/>
+      <c r="J198" s="15"/>
+      <c r="K198" s="15"/>
+      <c r="L198" s="15"/>
+    </row>
+    <row r="199" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A199" s="19" t="s">
+        <v>616</v>
+      </c>
+      <c r="B199" s="20" t="s">
+        <v>284</v>
+      </c>
+      <c r="C199" s="21">
+        <v>110</v>
+      </c>
+      <c r="D199" s="21"/>
+      <c r="E199" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F199" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G199" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H199" s="24">
+        <v>3</v>
+      </c>
+      <c r="I199" s="15"/>
+      <c r="J199" s="15"/>
+      <c r="K199" s="15"/>
+      <c r="L199" s="15"/>
+    </row>
+    <row r="200" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A200" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B200" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C200" s="21">
+        <v>7481.6</v>
+      </c>
+      <c r="D200" s="21"/>
+      <c r="E200" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F200" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G200" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H200" s="24">
+        <v>3</v>
+      </c>
+      <c r="I200" s="15"/>
+      <c r="J200" s="15"/>
+      <c r="K200" s="15"/>
+      <c r="L200" s="15"/>
+    </row>
+    <row r="201" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A201" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B201" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C201" s="21"/>
+      <c r="D201" s="21">
+        <v>17129.98</v>
+      </c>
+      <c r="E201" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F201" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G201" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H201" s="24">
+        <v>3</v>
+      </c>
+      <c r="I201" s="15"/>
+      <c r="J201" s="15"/>
+      <c r="K201" s="15"/>
+      <c r="L201" s="15"/>
+    </row>
+    <row r="202" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A202" s="19" t="s">
+        <v>761</v>
+      </c>
+      <c r="B202" s="20" t="s">
+        <v>762</v>
+      </c>
+      <c r="C202" s="21">
+        <v>2980</v>
+      </c>
+      <c r="D202" s="21"/>
+      <c r="E202" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F202" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G202" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H202" s="24">
+        <v>3</v>
+      </c>
+      <c r="I202" s="15"/>
+      <c r="J202" s="15"/>
+      <c r="K202" s="15"/>
+      <c r="L202" s="15"/>
+    </row>
+    <row r="203" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A203" s="19" t="s">
+        <v>763</v>
+      </c>
+      <c r="B203" s="20" t="s">
+        <v>764</v>
+      </c>
+      <c r="C203" s="21"/>
+      <c r="D203" s="21">
+        <v>22822.32</v>
+      </c>
+      <c r="E203" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F203" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G203" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H203" s="24">
+        <v>3</v>
+      </c>
+      <c r="I203" s="15"/>
+      <c r="J203" s="15"/>
+      <c r="K203" s="15"/>
+      <c r="L203" s="15"/>
+    </row>
+    <row r="204" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A204" s="19" t="s">
+        <v>617</v>
+      </c>
+      <c r="B204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="C204" s="21"/>
+      <c r="D204" s="21">
+        <v>17365.88</v>
+      </c>
+      <c r="E204" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F204" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G204" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H204" s="24">
+        <v>3</v>
+      </c>
+      <c r="I204" s="15"/>
+      <c r="J204" s="15"/>
+      <c r="K204" s="15"/>
+      <c r="L204" s="15"/>
+    </row>
+    <row r="205" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A205" s="19" t="s">
+        <v>765</v>
+      </c>
+      <c r="B205" s="20" t="s">
+        <v>766</v>
+      </c>
+      <c r="C205" s="21">
+        <v>31992</v>
+      </c>
+      <c r="D205" s="21"/>
+      <c r="E205" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F205" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G205" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H205" s="24">
+        <v>3</v>
+      </c>
+      <c r="I205" s="15"/>
+      <c r="J205" s="15"/>
+      <c r="K205" s="15"/>
+      <c r="L205" s="15"/>
+    </row>
+    <row r="206" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A206" s="19" t="s">
+        <v>624</v>
+      </c>
+      <c r="B206" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="C206" s="21">
+        <v>1400</v>
+      </c>
+      <c r="D206" s="21"/>
+      <c r="E206" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F206" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G206" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H206" s="24">
+        <v>3</v>
+      </c>
+      <c r="I206" s="15"/>
+      <c r="J206" s="15"/>
+      <c r="K206" s="15"/>
+      <c r="L206" s="15"/>
+    </row>
+    <row r="207" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A207" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B207" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C207" s="21">
+        <v>3700</v>
+      </c>
+      <c r="D207" s="21"/>
+      <c r="E207" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F207" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G207" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H207" s="24">
+        <v>3</v>
+      </c>
+      <c r="I207" s="15"/>
+      <c r="J207" s="15"/>
+      <c r="K207" s="15"/>
+      <c r="L207" s="15"/>
+    </row>
+    <row r="208" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A208" s="19" t="s">
+        <v>625</v>
+      </c>
+      <c r="B208" s="20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C208" s="21">
+        <v>1802</v>
+      </c>
+      <c r="D208" s="21"/>
+      <c r="E208" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F208" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G208" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H208" s="24">
+        <v>3</v>
+      </c>
+      <c r="I208" s="15"/>
+      <c r="J208" s="15"/>
+      <c r="K208" s="15"/>
+      <c r="L208" s="15"/>
+    </row>
+    <row r="209" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A209" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B209" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C209" s="21">
+        <v>645654.28</v>
+      </c>
+      <c r="D209" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="E209" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F209" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G209" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H209" s="24">
+        <v>3</v>
+      </c>
+      <c r="I209" s="15"/>
+      <c r="J209" s="15"/>
+      <c r="K209" s="15"/>
+      <c r="L209" s="15"/>
+    </row>
+    <row r="210" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A210" s="19" t="s">
+        <v>626</v>
+      </c>
+      <c r="B210" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C210" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="D210" s="21">
+        <v>315177.78999999998</v>
+      </c>
+      <c r="E210" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F210" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G210" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H210" s="24">
+        <v>3</v>
+      </c>
+      <c r="I210" s="15"/>
+      <c r="J210" s="15"/>
+      <c r="K210" s="15"/>
+      <c r="L210" s="15"/>
+    </row>
+    <row r="211" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A211" s="19" t="s">
+        <v>629</v>
+      </c>
+      <c r="B211" s="20" t="s">
+        <v>422</v>
+      </c>
+      <c r="C211" s="21">
+        <v>15142.26</v>
+      </c>
+      <c r="D211" s="21"/>
+      <c r="E211" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F211" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G211" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H211" s="24">
+        <v>3</v>
+      </c>
+      <c r="I211" s="15"/>
+      <c r="J211" s="15"/>
+      <c r="K211" s="15"/>
+      <c r="L211" s="15"/>
+    </row>
+    <row r="212" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A212" s="19" t="s">
+        <v>630</v>
+      </c>
+      <c r="B212" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C212" s="21">
+        <v>4801.04</v>
+      </c>
+      <c r="D212" s="21"/>
+      <c r="E212" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F212" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G212" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H212" s="24">
+        <v>3</v>
+      </c>
+      <c r="I212" s="15"/>
+      <c r="J212" s="15"/>
+      <c r="K212" s="15"/>
+      <c r="L212" s="15"/>
+    </row>
+    <row r="213" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A213" s="19" t="s">
+        <v>767</v>
+      </c>
+      <c r="B213" s="20" t="s">
+        <v>768</v>
+      </c>
+      <c r="C213" s="21">
+        <v>1278.82</v>
+      </c>
+      <c r="D213" s="21"/>
+      <c r="E213" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F213" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G213" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H213" s="24">
+        <v>3</v>
+      </c>
+      <c r="I213" s="15"/>
+      <c r="J213" s="15"/>
+      <c r="K213" s="15"/>
+      <c r="L213" s="15"/>
+    </row>
+    <row r="214" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A214" s="19" t="s">
+        <v>769</v>
+      </c>
+      <c r="B214" s="20" t="s">
+        <v>770</v>
+      </c>
+      <c r="C214" s="21"/>
+      <c r="D214" s="21">
+        <v>21600</v>
+      </c>
+      <c r="E214" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F214" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G214" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H214" s="24">
+        <v>3</v>
+      </c>
+      <c r="I214" s="15"/>
+      <c r="J214" s="15"/>
+      <c r="K214" s="15"/>
+      <c r="L214" s="15"/>
+    </row>
+    <row r="215" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A215" s="19" t="s">
+        <v>631</v>
+      </c>
+      <c r="B215" s="20" t="s">
+        <v>632</v>
+      </c>
+      <c r="C215" s="21"/>
+      <c r="D215" s="21">
+        <v>15602</v>
+      </c>
+      <c r="E215" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F215" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G215" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H215" s="24">
+        <v>3</v>
+      </c>
+      <c r="I215" s="15"/>
+      <c r="J215" s="15"/>
+      <c r="K215" s="15"/>
+      <c r="L215" s="15"/>
+    </row>
+    <row r="216" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A216" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B216" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C216" s="21">
+        <v>6234.66</v>
+      </c>
+      <c r="D216" s="21"/>
+      <c r="E216" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F216" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G216" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H216" s="24">
+        <v>3</v>
+      </c>
+      <c r="I216" s="15"/>
+      <c r="J216" s="15"/>
+      <c r="K216" s="15"/>
+      <c r="L216" s="15"/>
+    </row>
+    <row r="217" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A217" s="19" t="s">
+        <v>634</v>
+      </c>
+      <c r="B217" s="20" t="s">
+        <v>635</v>
+      </c>
+      <c r="C217" s="21"/>
+      <c r="D217" s="21">
+        <v>686390</v>
+      </c>
+      <c r="E217" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F217" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G217" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H217" s="24">
+        <v>3</v>
+      </c>
+      <c r="I217" s="15"/>
+      <c r="J217" s="15"/>
+      <c r="K217" s="15"/>
+      <c r="L217" s="15"/>
+    </row>
+    <row r="218" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A218" s="19" t="s">
+        <v>636</v>
+      </c>
+      <c r="B218" s="20" t="s">
+        <v>637</v>
+      </c>
+      <c r="C218" s="21">
+        <v>15500</v>
+      </c>
+      <c r="D218" s="21"/>
+      <c r="E218" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F218" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G218" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H218" s="24">
+        <v>3</v>
+      </c>
+      <c r="I218" s="15"/>
+      <c r="J218" s="15"/>
+      <c r="K218" s="15"/>
+      <c r="L218" s="15"/>
+    </row>
+    <row r="219" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A219" s="19" t="s">
+        <v>639</v>
+      </c>
+      <c r="B219" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C219" s="21">
+        <v>70</v>
+      </c>
+      <c r="D219" s="21"/>
+      <c r="E219" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F219" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G219" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H219" s="24">
+        <v>3</v>
+      </c>
+      <c r="I219" s="15"/>
+      <c r="J219" s="15"/>
+      <c r="K219" s="15"/>
+      <c r="L219" s="15"/>
+    </row>
+    <row r="220" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A220" s="19" t="s">
+        <v>771</v>
+      </c>
+      <c r="B220" s="20" t="s">
+        <v>772</v>
+      </c>
+      <c r="C220" s="21">
+        <v>5777</v>
+      </c>
+      <c r="D220" s="21"/>
+      <c r="E220" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F220" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G220" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H220" s="24">
+        <v>3</v>
+      </c>
+      <c r="I220" s="15"/>
+      <c r="J220" s="15"/>
+      <c r="K220" s="15"/>
+      <c r="L220" s="15"/>
+    </row>
+    <row r="221" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A221" s="19" t="s">
+        <v>773</v>
+      </c>
+      <c r="B221" s="20" t="s">
+        <v>774</v>
+      </c>
+      <c r="C221" s="21"/>
+      <c r="D221" s="21">
+        <v>20069.66</v>
+      </c>
+      <c r="E221" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F221" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G221" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H221" s="24">
+        <v>3</v>
+      </c>
+      <c r="I221" s="15"/>
+      <c r="J221" s="15"/>
+      <c r="K221" s="15"/>
+      <c r="L221" s="15"/>
+    </row>
+    <row r="222" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A222" s="19" t="s">
+        <v>775</v>
+      </c>
+      <c r="B222" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="C222" s="21">
+        <v>10260.48</v>
+      </c>
+      <c r="D222" s="21"/>
+      <c r="E222" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F222" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G222" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H222" s="24">
+        <v>3</v>
+      </c>
+      <c r="I222" s="15"/>
+      <c r="J222" s="15"/>
+      <c r="K222" s="15"/>
+      <c r="L222" s="15"/>
+    </row>
+    <row r="223" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A223" s="19" t="s">
+        <v>776</v>
+      </c>
+      <c r="B223" s="20" t="s">
+        <v>314</v>
+      </c>
+      <c r="C223" s="21"/>
+      <c r="D223" s="21">
+        <v>18348.419999999998</v>
+      </c>
+      <c r="E223" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F223" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G223" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H223" s="24">
+        <v>3</v>
+      </c>
+      <c r="I223" s="15"/>
+      <c r="J223" s="15"/>
+      <c r="K223" s="15"/>
+      <c r="L223" s="15"/>
+    </row>
+    <row r="224" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A224" s="19" t="s">
+        <v>777</v>
+      </c>
+      <c r="B224" s="20" t="s">
+        <v>778</v>
+      </c>
+      <c r="C224" s="21"/>
+      <c r="D224" s="21">
+        <v>7516.58</v>
+      </c>
+      <c r="E224" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F224" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G224" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H224" s="24">
+        <v>3</v>
+      </c>
+      <c r="I224" s="15"/>
+      <c r="J224" s="15"/>
+      <c r="K224" s="15"/>
+      <c r="L224" s="15"/>
+    </row>
+    <row r="225" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A225" s="19" t="s">
+        <v>779</v>
+      </c>
+      <c r="B225" s="20" t="s">
+        <v>259</v>
+      </c>
+      <c r="C225" s="21">
+        <v>472.5</v>
+      </c>
+      <c r="D225" s="21"/>
+      <c r="E225" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F225" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G225" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H225" s="24">
+        <v>3</v>
+      </c>
+      <c r="I225" s="15"/>
+      <c r="J225" s="15"/>
+      <c r="K225" s="15"/>
+      <c r="L225" s="15"/>
+    </row>
+    <row r="226" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A226" s="19" t="s">
+        <v>780</v>
+      </c>
+      <c r="B226" s="20" t="s">
+        <v>781</v>
+      </c>
+      <c r="C226" s="21">
+        <v>11135</v>
+      </c>
+      <c r="D226" s="21"/>
+      <c r="E226" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F226" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G226" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H226" s="24">
+        <v>3</v>
+      </c>
+      <c r="I226" s="15"/>
+      <c r="J226" s="15"/>
+      <c r="K226" s="15"/>
+      <c r="L226" s="15"/>
+    </row>
+    <row r="227" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A227" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B227" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C227" s="21">
+        <v>2840</v>
+      </c>
+      <c r="D227" s="21"/>
+      <c r="E227" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F227" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G227" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H227" s="24">
+        <v>3</v>
+      </c>
+      <c r="I227" s="15"/>
+      <c r="J227" s="15"/>
+      <c r="K227" s="15"/>
+      <c r="L227" s="15"/>
+    </row>
+    <row r="228" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A228" s="19" t="s">
+        <v>642</v>
+      </c>
+      <c r="B228" s="20" t="s">
+        <v>643</v>
+      </c>
+      <c r="C228" s="21">
+        <v>390</v>
+      </c>
+      <c r="D228" s="21"/>
+      <c r="E228" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F228" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G228" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H228" s="24">
+        <v>3</v>
+      </c>
+      <c r="I228" s="15"/>
+      <c r="J228" s="15"/>
+      <c r="K228" s="15"/>
+      <c r="L228" s="15"/>
+    </row>
+    <row r="229" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A229" s="19" t="s">
+        <v>645</v>
+      </c>
+      <c r="B229" s="20" t="s">
+        <v>646</v>
+      </c>
+      <c r="C229" s="21">
+        <v>64960.800000000003</v>
+      </c>
+      <c r="D229" s="21"/>
+      <c r="E229" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F229" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G229" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H229" s="24">
+        <v>3</v>
+      </c>
+      <c r="I229" s="15"/>
+      <c r="J229" s="15"/>
+      <c r="K229" s="15"/>
+      <c r="L229" s="15"/>
+    </row>
+    <row r="230" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A230" s="19" t="s">
+        <v>649</v>
+      </c>
+      <c r="B230" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C230" s="21">
+        <v>195.08</v>
+      </c>
+      <c r="D230" s="21"/>
+      <c r="E230" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F230" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G230" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H230" s="24">
+        <v>3</v>
+      </c>
+      <c r="I230" s="15"/>
+      <c r="J230" s="15"/>
+      <c r="K230" s="15"/>
+      <c r="L230" s="15"/>
+    </row>
+    <row r="231" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A231" s="19" t="s">
+        <v>650</v>
+      </c>
+      <c r="B231" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C231" s="21">
+        <v>139.34</v>
+      </c>
+      <c r="D231" s="21"/>
+      <c r="E231" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F231" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G231" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H231" s="24">
+        <v>3</v>
+      </c>
+      <c r="I231" s="15"/>
+      <c r="J231" s="15"/>
+      <c r="K231" s="15"/>
+      <c r="L231" s="15"/>
+    </row>
+    <row r="232" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A232" s="19" t="s">
+        <v>651</v>
+      </c>
+      <c r="B232" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C232" s="21">
+        <v>4200.0099999999993</v>
+      </c>
+      <c r="D232" s="21"/>
+      <c r="E232" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F232" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G232" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H232" s="24">
+        <v>3</v>
+      </c>
+      <c r="I232" s="15"/>
+      <c r="J232" s="15"/>
+      <c r="K232" s="15"/>
+      <c r="L232" s="15"/>
+    </row>
+    <row r="233" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A233" s="19" t="s">
+        <v>652</v>
+      </c>
+      <c r="B233" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="C233" s="21">
+        <v>5887.6900000000005</v>
+      </c>
+      <c r="D233" s="21"/>
+      <c r="E233" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F233" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G233" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H233" s="24">
+        <v>3</v>
+      </c>
+      <c r="I233" s="15"/>
+      <c r="J233" s="15"/>
+      <c r="K233" s="15"/>
+      <c r="L233" s="15"/>
+    </row>
+    <row r="234" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A234" s="19" t="s">
+        <v>653</v>
+      </c>
+      <c r="B234" s="20" t="s">
+        <v>654</v>
+      </c>
+      <c r="C234" s="21"/>
+      <c r="D234" s="21">
+        <v>68592.800000000003</v>
+      </c>
+      <c r="E234" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F234" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G234" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H234" s="24">
+        <v>3</v>
+      </c>
+      <c r="I234" s="15"/>
+      <c r="J234" s="15"/>
+      <c r="K234" s="15"/>
+      <c r="L234" s="15"/>
+    </row>
+    <row r="235" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A235" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B235" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C235" s="21"/>
+      <c r="D235" s="21">
+        <v>34883.870000000003</v>
+      </c>
+      <c r="E235" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F235" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G235" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H235" s="24">
+        <v>3</v>
+      </c>
+      <c r="I235" s="15"/>
+      <c r="J235" s="15"/>
+      <c r="K235" s="15"/>
+      <c r="L235" s="15"/>
+    </row>
+    <row r="236" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A236" s="19" t="s">
+        <v>782</v>
+      </c>
+      <c r="B236" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C236" s="21"/>
+      <c r="D236" s="21">
+        <v>351.76</v>
+      </c>
+      <c r="E236" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F236" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G236" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H236" s="24">
+        <v>3</v>
+      </c>
+      <c r="I236" s="15"/>
+      <c r="J236" s="15"/>
+      <c r="K236" s="15"/>
+      <c r="L236" s="15"/>
+    </row>
+    <row r="237" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A237" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B237" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C237" s="21">
+        <v>5081.1000000000004</v>
+      </c>
+      <c r="D237" s="21"/>
+      <c r="E237" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F237" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G237" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H237" s="24">
+        <v>3</v>
+      </c>
+      <c r="I237" s="15"/>
+      <c r="J237" s="15"/>
+      <c r="K237" s="15"/>
+      <c r="L237" s="15"/>
+    </row>
+    <row r="238" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A238" s="19" t="s">
+        <v>783</v>
+      </c>
+      <c r="B238" s="20" t="s">
+        <v>428</v>
+      </c>
+      <c r="C238" s="21">
+        <v>3200</v>
+      </c>
+      <c r="D238" s="21"/>
+      <c r="E238" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F238" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G238" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H238" s="24">
+        <v>3</v>
+      </c>
+      <c r="I238" s="15"/>
+      <c r="J238" s="15"/>
+      <c r="K238" s="15"/>
+      <c r="L238" s="15"/>
+    </row>
+    <row r="239" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A239" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B239" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C239" s="21">
+        <v>5900.6399999999994</v>
+      </c>
+      <c r="D239" s="21"/>
+      <c r="E239" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F239" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G239" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H239" s="24">
+        <v>3</v>
+      </c>
+      <c r="I239" s="15"/>
+      <c r="J239" s="15"/>
+      <c r="K239" s="15"/>
+      <c r="L239" s="15"/>
+    </row>
+    <row r="240" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A240" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="B240" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C240" s="21">
+        <v>716.73</v>
+      </c>
+      <c r="D240" s="21"/>
+      <c r="E240" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F240" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G240" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H240" s="24">
+        <v>3</v>
+      </c>
+      <c r="I240" s="15"/>
+      <c r="J240" s="15"/>
+      <c r="K240" s="15"/>
+      <c r="L240" s="15"/>
+    </row>
+    <row r="241" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A241" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B241" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C241" s="21">
+        <v>18869.559999999998</v>
+      </c>
+      <c r="D241" s="21"/>
+      <c r="E241" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F241" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G241" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H241" s="24">
+        <v>3</v>
+      </c>
+      <c r="I241" s="15"/>
+      <c r="J241" s="15"/>
+      <c r="K241" s="15"/>
+      <c r="L241" s="15"/>
+    </row>
+    <row r="242" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A242" s="19" t="s">
+        <v>784</v>
+      </c>
+      <c r="B242" s="20" t="s">
+        <v>785</v>
+      </c>
+      <c r="C242" s="21">
+        <v>41182.800000000003</v>
+      </c>
+      <c r="D242" s="21"/>
+      <c r="E242" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F242" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G242" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H242" s="24">
+        <v>3</v>
+      </c>
+      <c r="I242" s="15"/>
+      <c r="J242" s="15"/>
+      <c r="K242" s="15"/>
+      <c r="L242" s="15"/>
+    </row>
+    <row r="243" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A243" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B243" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C243" s="21"/>
+      <c r="D243" s="21">
+        <v>2534.21</v>
+      </c>
+      <c r="E243" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F243" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G243" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H243" s="24">
+        <v>3</v>
+      </c>
+      <c r="I243" s="15"/>
+      <c r="J243" s="15"/>
+      <c r="K243" s="15"/>
+      <c r="L243" s="15"/>
+    </row>
+    <row r="244" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A244" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B244" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C244" s="21">
+        <v>5245.2800000000007</v>
+      </c>
+      <c r="D244" s="21"/>
+      <c r="E244" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F244" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G244" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H244" s="24">
+        <v>3</v>
+      </c>
+      <c r="I244" s="15"/>
+      <c r="J244" s="15"/>
+      <c r="K244" s="15"/>
+      <c r="L244" s="15"/>
+    </row>
+    <row r="245" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A245" s="19" t="s">
+        <v>786</v>
+      </c>
+      <c r="B245" s="20" t="s">
+        <v>787</v>
+      </c>
+      <c r="C245" s="21">
+        <v>9573.27</v>
+      </c>
+      <c r="D245" s="21"/>
+      <c r="E245" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F245" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G245" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H245" s="24">
+        <v>3</v>
+      </c>
+      <c r="I245" s="15"/>
+      <c r="J245" s="15"/>
+      <c r="K245" s="15"/>
+      <c r="L245" s="15"/>
+    </row>
+    <row r="246" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A246" s="19" t="s">
+        <v>666</v>
+      </c>
+      <c r="B246" s="20" t="s">
+        <v>316</v>
+      </c>
+      <c r="C246" s="21">
+        <v>2518.2399999999998</v>
+      </c>
+      <c r="D246" s="21"/>
+      <c r="E246" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F246" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G246" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H246" s="24">
+        <v>3</v>
+      </c>
+      <c r="I246" s="15"/>
+      <c r="J246" s="15"/>
+      <c r="K246" s="15"/>
+      <c r="L246" s="15"/>
+    </row>
+    <row r="247" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A247" s="19" t="s">
+        <v>667</v>
+      </c>
+      <c r="B247" s="20" t="s">
+        <v>668</v>
+      </c>
+      <c r="C247" s="21">
+        <v>3939.78</v>
+      </c>
+      <c r="D247" s="21"/>
+      <c r="E247" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F247" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G247" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H247" s="24">
+        <v>3</v>
+      </c>
+      <c r="I247" s="15"/>
+      <c r="J247" s="15"/>
+      <c r="K247" s="15"/>
+      <c r="L247" s="15"/>
+    </row>
+    <row r="248" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A248" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B248" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C248" s="21">
+        <v>4132.55</v>
+      </c>
+      <c r="D248" s="21"/>
+      <c r="E248" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F248" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G248" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H248" s="24">
+        <v>3</v>
+      </c>
+      <c r="I248" s="15"/>
+      <c r="J248" s="15"/>
+      <c r="K248" s="15"/>
+      <c r="L248" s="15"/>
+    </row>
+    <row r="249" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A249" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="B249" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C249" s="21">
+        <v>46979.19</v>
+      </c>
+      <c r="D249" s="21"/>
+      <c r="E249" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F249" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G249" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H249" s="24">
+        <v>3</v>
+      </c>
+      <c r="I249" s="15"/>
+      <c r="J249" s="15"/>
+      <c r="K249" s="15"/>
+      <c r="L249" s="15"/>
+    </row>
+    <row r="250" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A250" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="B250" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C250" s="21">
+        <v>1253.0300000000002</v>
+      </c>
+      <c r="D250" s="21"/>
+      <c r="E250" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="F250" s="22" t="s">
+        <v>444</v>
+      </c>
+      <c r="G250" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H250" s="24">
+        <v>3</v>
+      </c>
+      <c r="I250" s="15"/>
+      <c r="J250" s="15"/>
+      <c r="K250" s="15"/>
+      <c r="L250" s="15"/>
+    </row>
+    <row r="251" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A251" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="B251" s="19" t="s">
+        <v>679</v>
+      </c>
+      <c r="C251" s="21"/>
+      <c r="D251" s="21">
+        <v>9084.7999999999993</v>
+      </c>
+      <c r="E251" s="19" t="s">
+        <v>452</v>
+      </c>
+      <c r="F251" s="22" t="s">
+        <v>453</v>
+      </c>
+      <c r="G251" s="23">
+        <v>2025</v>
+      </c>
+      <c r="H251" s="24">
+        <v>3</v>
+      </c>
+      <c r="I251" s="15"/>
+      <c r="J251" s="15"/>
+      <c r="K251" s="15"/>
+      <c r="L251" s="15"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="I3:J3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M25" sqref="M25"/>
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.453125" customWidth="1"/>
     <col min="2" max="2" width="20.90625" customWidth="1"/>
     <col min="3" max="3" width="17.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="40" t="s">
+      <c r="A1" s="49" t="s">
         <v>128</v>
       </c>
-      <c r="B1" s="40"/>
-      <c r="C1" s="40"/>
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A2" s="41" t="s">
+      <c r="A2" s="50" t="s">
         <v>126</v>
       </c>
-      <c r="B2" s="41"/>
-      <c r="C2" s="41"/>
+      <c r="B2" s="50"/>
+      <c r="C2" s="50"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A3" s="42" t="s">
+      <c r="A3" s="51" t="s">
         <v>429</v>
       </c>
-      <c r="B3" s="43"/>
-      <c r="C3" s="44"/>
+      <c r="B3" s="52"/>
+      <c r="C3" s="53"/>
     </row>
     <row r="4" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>127</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>430</v>
       </c>
       <c r="B5" s="9">
         <v>6982611.96</v>
       </c>
       <c r="C5" s="10">
         <v>-4.0199999999999996</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>431</v>
       </c>
       <c r="B6" s="9">
         <v>11721113.9</v>
       </c>
       <c r="C6" s="10">
         <v>-6.44</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>432</v>
       </c>
-      <c r="B7" s="9"/>
-      <c r="C7" s="10"/>
+      <c r="B7" s="9">
+        <v>10813667.75</v>
+      </c>
+      <c r="C7" s="10">
+        <v>-7.0000000000000007E-2</v>
+      </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>433</v>
       </c>
       <c r="B8" s="9"/>
       <c r="C8" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>pagamenti I Trim.</vt:lpstr>
       <vt:lpstr>pagamenti II Trim.</vt:lpstr>
+      <vt:lpstr>pagamenti III Trim.</vt:lpstr>
       <vt:lpstr>indicatore di tempestività trim</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bono Silvia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>