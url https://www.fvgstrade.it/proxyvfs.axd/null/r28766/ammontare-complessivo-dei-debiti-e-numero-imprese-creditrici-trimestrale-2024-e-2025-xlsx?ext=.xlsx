--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -5,56 +5,56 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\federica.babuder\Desktop\DOCUMENTI\TRASPARENZA\documenti da pubblicare\PAGAMENTI\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F771995-B6CD-436C-B91E-F4120012048C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8B5E03E-1EFE-4165-99FE-F98A7D305D2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-3165" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="2" r:id="rId1"/>
+    <sheet name="2024-2025" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="15">
   <si>
     <t>Trimestre</t>
   </si>
   <si>
     <t>( art 33 d.lgs. 33/2013 )</t>
   </si>
   <si>
     <t>Anno 2024</t>
   </si>
   <si>
     <t>Ammontare dei debiti</t>
   </si>
   <si>
@@ -549,51 +549,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="25.1796875" customWidth="1"/>
     <col min="2" max="2" width="20.90625" customWidth="1"/>
     <col min="3" max="3" width="17.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="10" t="s">
@@ -617,52 +617,56 @@
       <c r="A5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="7">
         <v>3166890.64</v>
       </c>
       <c r="C5" s="5">
         <v>112</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="6">
         <v>1857797.7</v>
       </c>
       <c r="C6" s="5">
         <v>113</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="6"/>
-      <c r="C7" s="5"/>
+      <c r="B7" s="6">
+        <v>1445514.76</v>
+      </c>
+      <c r="C7" s="5">
+        <v>118</v>
+      </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="5"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="11"/>
       <c r="C10" s="12"/>
     </row>
     <row r="11" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A11" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>4</v>
       </c>
@@ -718,44 +722,44 @@
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A10:C10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>2024-2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bono Silvia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>